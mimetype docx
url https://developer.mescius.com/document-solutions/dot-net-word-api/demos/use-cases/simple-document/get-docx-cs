--- v0 (2025-11-06)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb28137e7a5454083" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rddabf24b17ff4b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7cd2b47d751f4748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R37d44b199a494108" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7b2400ebc07a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6460b3f591e4817" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rfd5b1b01a2c340a6"/>
+                    <a:blip r:embed="Rc01a580aa385432b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4731d1e44914d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0ab8e3af778d4642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R256074c838594dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re61b9bd42c6e4dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rfd5b1b01a2c340a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R473a305cbead4024" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdaacf3f113404108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06a48ef08b254492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3eb3cbaed5b14584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0262e5b5c8094c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc01a580aa385432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea9198af21894293" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>