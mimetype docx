--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R37d44b199a494108" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7b2400ebc07a49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6460b3f591e4817" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f515cb82b7543d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb5dbdc5df6bd4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb11cb400fa794b3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rc01a580aa385432b"/>
+                    <a:blip r:embed="R82decc829dce4aa6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdaacf3f113404108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06a48ef08b254492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3eb3cbaed5b14584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0262e5b5c8094c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc01a580aa385432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea9198af21894293" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b272e5c295e42d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re6ad438ec09b4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R592dcfa3dbd545c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6d11a1269aa448af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R82decc829dce4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc7d7e824e332496d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>