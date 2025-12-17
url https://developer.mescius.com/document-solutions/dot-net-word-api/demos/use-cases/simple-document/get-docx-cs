--- v2 (2025-12-16)
+++ v3 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f515cb82b7543d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb5dbdc5df6bd4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb11cb400fa794b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5592988dd74c4647" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4478cf593244d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a3bb3012d874448" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R82decc829dce4aa6"/>
+                    <a:blip r:embed="R4d566cacca964b3f"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b272e5c295e42d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re6ad438ec09b4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R592dcfa3dbd545c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6d11a1269aa448af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R82decc829dce4aa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc7d7e824e332496d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R424e8a7b66504d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c1f41506a884862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c88020409b34a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R192965d94d32413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4d566cacca964b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R956371f5b2894c5c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>