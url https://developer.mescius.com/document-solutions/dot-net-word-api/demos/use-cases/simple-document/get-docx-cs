--- v3 (2025-12-17)
+++ v4 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5592988dd74c4647" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4478cf593244d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a3bb3012d874448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad42cc5b17994258" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb91e51832894e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R595e44f7ba5341f0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4d566cacca964b3f"/>
+                    <a:blip r:embed="Rcd9b864007e14588"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R424e8a7b66504d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6c1f41506a884862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c88020409b34a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R192965d94d32413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R4d566cacca964b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R956371f5b2894c5c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree8eaa2026d54589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R905eeb2168c54857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6d81e0a1ea014dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbeaefbe4c91f42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rcd9b864007e14588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42d709e27ef84987" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>