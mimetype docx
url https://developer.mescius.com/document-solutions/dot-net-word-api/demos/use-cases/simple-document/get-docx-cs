--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad42cc5b17994258" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb91e51832894e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R595e44f7ba5341f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d0b9e6751d54f76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ef6c394102c4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R12ca648ae3134ef4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcd9b864007e14588"/>
+                    <a:blip r:embed="R9f637506f3244851"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree8eaa2026d54589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R905eeb2168c54857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6d81e0a1ea014dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbeaefbe4c91f42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rcd9b864007e14588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42d709e27ef84987" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe73e2d420f04801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdacd43e43a794495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R90180c9bfc2b4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66c7967226b947ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9f637506f3244851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cef4be7ff5b4c6b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>