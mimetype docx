--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d0b9e6751d54f76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ef6c394102c4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R12ca648ae3134ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f01695baab14509" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rac55fc6f13614222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32fa00ab1ac442ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R9f637506f3244851"/>
+                    <a:blip r:embed="R81553be5cacd47f0"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfe73e2d420f04801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdacd43e43a794495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R90180c9bfc2b4224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66c7967226b947ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R9f637506f3244851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cef4be7ff5b4c6b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa7a6db1bdb74fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e34325bb5af4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb782b8171bd94a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbbcbbfcfac764da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R81553be5cacd47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2754c00ad5b4e6a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>