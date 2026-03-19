--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1f01695baab14509" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rac55fc6f13614222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R32fa00ab1ac442ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf01f2034384e4e1d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd01643b8da0345c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R64f05dd83531439e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Simple Word Document</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Basic Elements</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">This document is built using the following basic elements available through the </w:t>
       </w:r>
@@ -121,51 +121,51 @@
         <w:pStyle w:val="Normal"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4754880" cy="3566160"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R81553be5cacd47f0"/>
+                    <a:blip r:embed="R7fc2c7967efc4d9b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4754880" cy="3566160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
@@ -900,51 +900,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa7a6db1bdb74fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e34325bb5af4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb782b8171bd94a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbbcbbfcfac764da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R81553be5cacd47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2754c00ad5b4e6a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb8add08c28864831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6e87e3915ff64c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf7743e33c2ba475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20cf72d2303446bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R7fc2c7967efc4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R699c0d70b01948dd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>