--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="7197216820272631525"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="16110599091279837809"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="7197216820272631525"/>
+            <w:bookmarkEnd w:id="16110599091279837809"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="17193811688054276587"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="8465174613122940855"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="17193811688054276587"/>
+            <w:bookmarkEnd w:id="8465174613122940855"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>