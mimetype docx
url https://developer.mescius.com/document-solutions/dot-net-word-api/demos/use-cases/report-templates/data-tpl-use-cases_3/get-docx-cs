--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="16110599091279837809"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="4263137823308486641"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="16110599091279837809"/>
+            <w:bookmarkEnd w:id="4263137823308486641"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="8465174613122940855"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="3192657456731523174"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="8465174613122940855"/>
+            <w:bookmarkEnd w:id="3192657456731523174"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>