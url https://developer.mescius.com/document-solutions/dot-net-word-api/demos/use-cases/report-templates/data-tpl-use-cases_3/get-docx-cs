--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="4263137823308486641"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="16345896746624721452"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="4263137823308486641"/>
+            <w:bookmarkEnd w:id="16345896746624721452"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="3192657456731523174"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="16498540371664009815"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="3192657456731523174"/>
+            <w:bookmarkEnd w:id="16498540371664009815"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>