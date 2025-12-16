--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="16345896746624721452"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="7005587492301343543"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="16345896746624721452"/>
+            <w:bookmarkEnd w:id="7005587492301343543"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="16498540371664009815"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="12740431540331524105"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="16498540371664009815"/>
+            <w:bookmarkEnd w:id="12740431540331524105"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>