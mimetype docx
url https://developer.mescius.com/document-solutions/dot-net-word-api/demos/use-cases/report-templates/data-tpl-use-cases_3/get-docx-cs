--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="7005587492301343543"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="1724470665744453092"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="7005587492301343543"/>
+            <w:bookmarkEnd w:id="1724470665744453092"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="12740431540331524105"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="473766217030134341"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="12740431540331524105"/>
+            <w:bookmarkEnd w:id="473766217030134341"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>