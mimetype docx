--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="1724470665744453092"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="11298591834543984632"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="1724470665744453092"/>
+            <w:bookmarkEnd w:id="11298591834543984632"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="473766217030134341"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="10369289354839821270"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="473766217030134341"/>
+            <w:bookmarkEnd w:id="10369289354839821270"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>