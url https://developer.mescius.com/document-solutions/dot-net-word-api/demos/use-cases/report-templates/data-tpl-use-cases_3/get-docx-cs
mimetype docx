--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="11298591834543984632"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="4818801548714385294"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="11298591834543984632"/>
+            <w:bookmarkEnd w:id="4818801548714385294"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="10369289354839821270"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="4838900620779697251"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="10369289354839821270"/>
+            <w:bookmarkEnd w:id="4838900620779697251"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>