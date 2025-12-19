--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="4818801548714385294"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="3832738897561134016"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="4818801548714385294"/>
+            <w:bookmarkEnd w:id="3832738897561134016"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="4838900620779697251"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="5869395497015771579"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="4838900620779697251"/>
+            <w:bookmarkEnd w:id="5869395497015771579"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>