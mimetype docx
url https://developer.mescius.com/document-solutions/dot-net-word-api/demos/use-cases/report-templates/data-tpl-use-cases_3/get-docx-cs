--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="3832738897561134016"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="12436720602914425783"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="3832738897561134016"/>
+            <w:bookmarkEnd w:id="12436720602914425783"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="5869395497015771579"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="13951699323242208296"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="5869395497015771579"/>
+            <w:bookmarkEnd w:id="13951699323242208296"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>