--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="12436720602914425783"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="4944386057383232905"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="12436720602914425783"/>
+            <w:bookmarkEnd w:id="4944386057383232905"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="13951699323242208296"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="17531573310430787351"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="13951699323242208296"/>
+            <w:bookmarkEnd w:id="17531573310430787351"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>