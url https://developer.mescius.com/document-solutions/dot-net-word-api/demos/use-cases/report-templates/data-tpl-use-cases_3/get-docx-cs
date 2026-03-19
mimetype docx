--- v10 (2026-02-02)
+++ v11 (2026-03-19)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="4944386057383232905"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="9716145572321289913"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="4944386057383232905"/>
+            <w:bookmarkEnd w:id="9716145572321289913"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="17531573310430787351"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="4705296708579640540"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="17531573310430787351"/>
+            <w:bookmarkEnd w:id="4705296708579640540"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>