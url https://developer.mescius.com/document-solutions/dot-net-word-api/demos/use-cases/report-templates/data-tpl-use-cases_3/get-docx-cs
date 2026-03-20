--- v11 (2026-03-19)
+++ v12 (2026-03-20)
@@ -329,60 +329,60 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Employee’s Position</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Hlk54896484" w:id="9716145572321289913"/>
+            <w:bookmarkStart w:name="_Hlk54896484" w:id="10835755845487665958"/>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Senior Operative</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:bookmarkEnd w:id="9716145572321289913"/>
+            <w:bookmarkEnd w:id="10835755845487665958"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Country of Employment</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -531,53 +531,53 @@
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>Monthly Salary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:w w:val="95"/>
               </w:rPr>
               <w:t>$16,000.00</w:t>
             </w:r>
-            <w:bookmarkStart w:name="_Hlk54896821" w:id="4705296708579640540"/>
+            <w:bookmarkStart w:name="_Hlk54896821" w:id="12018017262606045015"/>
             <w:proofErr w:type="spellStart"/>
-            <w:bookmarkEnd w:id="4705296708579640540"/>
+            <w:bookmarkEnd w:id="12018017262606045015"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5225" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:w w:val="95"/>