--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="4798415909412410172"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="2639396610600990009"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="4798415909412410172"/>
+      <w:bookmarkEnd w:id="2639396610600990009"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="10811366997303591000"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="9535212981276158830"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10811366997303591000"/>
+      <w:bookmarkEnd w:id="9535212981276158830"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R5c28adfcfe854489">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc1643fba6de24da5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R0b7a2e45fcbc4f0c">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R22dfeda6bb774701">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R5c28adfcfe854489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R0b7a2e45fcbc4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rc1643fba6de24da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R22dfeda6bb774701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>