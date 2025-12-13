--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="2639396610600990009"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="16086093619291280029"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="2639396610600990009"/>
+      <w:bookmarkEnd w:id="16086093619291280029"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="9535212981276158830"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="5966647934006734983"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9535212981276158830"/>
+      <w:bookmarkEnd w:id="5966647934006734983"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc1643fba6de24da5">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Re6a45b813313444c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R22dfeda6bb774701">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R8fd3ea08b92b4235">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rc1643fba6de24da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R22dfeda6bb774701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Re6a45b813313444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R8fd3ea08b92b4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>