--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="16086093619291280029"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="5294473051498518805"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="16086093619291280029"/>
+      <w:bookmarkEnd w:id="5294473051498518805"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="5966647934006734983"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="9263743505025904987"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5966647934006734983"/>
+      <w:bookmarkEnd w:id="9263743505025904987"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Re6a45b813313444c">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc41712d3ccc04fa9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R8fd3ea08b92b4235">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rb0e8b65e5b2d41bf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Re6a45b813313444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R8fd3ea08b92b4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rc41712d3ccc04fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rb0e8b65e5b2d41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>