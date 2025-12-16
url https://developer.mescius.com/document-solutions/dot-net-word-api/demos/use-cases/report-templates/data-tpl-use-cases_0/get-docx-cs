--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="5294473051498518805"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="14793608195938157607"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="5294473051498518805"/>
+      <w:bookmarkEnd w:id="14793608195938157607"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="9263743505025904987"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="2953031272023258382"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9263743505025904987"/>
+      <w:bookmarkEnd w:id="2953031272023258382"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc41712d3ccc04fa9">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R8284b8e80d3a4861">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rb0e8b65e5b2d41bf">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Reac6da46adb8445c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rc41712d3ccc04fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rb0e8b65e5b2d41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R8284b8e80d3a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Reac6da46adb8445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>