--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="14793608195938157607"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="12528120439113178841"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="14793608195938157607"/>
+      <w:bookmarkEnd w:id="12528120439113178841"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="2953031272023258382"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="10757888422539725984"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2953031272023258382"/>
+      <w:bookmarkEnd w:id="10757888422539725984"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R8284b8e80d3a4861">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rda1ecc2b331046b5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Reac6da46adb8445c">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R4384353004da4d3d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R8284b8e80d3a4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Reac6da46adb8445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rda1ecc2b331046b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R4384353004da4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>