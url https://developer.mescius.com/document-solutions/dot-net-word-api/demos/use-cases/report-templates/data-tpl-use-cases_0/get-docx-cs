--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="12528120439113178841"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="1491594045520726300"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="12528120439113178841"/>
+      <w:bookmarkEnd w:id="1491594045520726300"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="10757888422539725984"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="4589994743034894431"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10757888422539725984"/>
+      <w:bookmarkEnd w:id="4589994743034894431"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rda1ecc2b331046b5">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R11200d1fb12f4a68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R4384353004da4d3d">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R5f455cf39e5e4e4f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="Rda1ecc2b331046b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R4384353004da4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R11200d1fb12f4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R5f455cf39e5e4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>