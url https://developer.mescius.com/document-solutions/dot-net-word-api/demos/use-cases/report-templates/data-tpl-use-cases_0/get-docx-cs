--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="1491594045520726300"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="12489348718836257074"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="1491594045520726300"/>
+      <w:bookmarkEnd w:id="12489348718836257074"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="4589994743034894431"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="11700439327996893"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4589994743034894431"/>
+      <w:bookmarkEnd w:id="11700439327996893"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R11200d1fb12f4a68">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R48d9c66cd3ef4e7f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R5f455cf39e5e4e4f">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rbf751bdfcb1847e3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R11200d1fb12f4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R5f455cf39e5e4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R48d9c66cd3ef4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rbf751bdfcb1847e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>