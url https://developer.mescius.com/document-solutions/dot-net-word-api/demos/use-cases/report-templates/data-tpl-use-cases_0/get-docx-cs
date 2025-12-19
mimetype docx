--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="12489348718836257074"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="10910927659741331802"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="12489348718836257074"/>
+      <w:bookmarkEnd w:id="10910927659741331802"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="11700439327996893"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="461540761551579966"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11700439327996893"/>
+      <w:bookmarkEnd w:id="461540761551579966"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R48d9c66cd3ef4e7f">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R618b2751305e4e0a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rbf751bdfcb1847e3">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R89a08202085e4212">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R48d9c66cd3ef4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rbf751bdfcb1847e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R618b2751305e4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R89a08202085e4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>