--- v8 (2025-12-19)
+++ v9 (2026-02-03)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="10910927659741331802"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="8344111541560272506"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="10910927659741331802"/>
+      <w:bookmarkEnd w:id="8344111541560272506"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="461540761551579966"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="7577868159899565882"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="461540761551579966"/>
+      <w:bookmarkEnd w:id="7577868159899565882"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R618b2751305e4e0a">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R56bbc523ce964a81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R89a08202085e4212">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc2a9980783b841ec">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R618b2751305e4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R89a08202085e4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R56bbc523ce964a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rc2a9980783b841ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>