--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="8344111541560272506"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="2030088667319865602"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="8344111541560272506"/>
+      <w:bookmarkEnd w:id="2030088667319865602"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="7577868159899565882"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="1524760914326169190"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7577868159899565882"/>
+      <w:bookmarkEnd w:id="1524760914326169190"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R56bbc523ce964a81">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R58d1df06de0442cd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rc2a9980783b841ec">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R52395893d8dd4aa2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R56bbc523ce964a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rc2a9980783b841ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R58d1df06de0442cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R52395893d8dd4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>