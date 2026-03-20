--- v10 (2026-03-20)
+++ v11 (2026-03-20)
@@ -186,60 +186,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Lessee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>Jane Donahue</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk54354280" w:id="2030088667319865602"/>
+      <w:bookmarkStart w:name="_Hlk54354280" w:id="4152589004106525652"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(123)098-7654</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:bookmarkEnd w:id="2030088667319865602"/>
+      <w:bookmarkEnd w:id="4152589004106525652"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>janed@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="196"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4404"/>
         </w:tabs>
         <w:spacing w:before="30"/>
@@ -268,63 +268,63 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="4B4A53"/>
         </w:rPr>
         <w:t>Jillene Holtaway</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:t>jilleneh@example.com</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hlk54373356" w:id="1524760914326169190"/>
+      <w:bookmarkStart w:name="_Hlk54373356" w:id="12394572206503272511"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>123 Main St.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1524760914326169190"/>
+      <w:bookmarkEnd w:id="12394572206503272511"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Gotham</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>New Jersey</w:t>
@@ -951,51 +951,51 @@
         </w:rPr>
         <w:t>. This deposit can be refunded when the Lessee moves out depending on the condition of the condominium and utilities. This fee will also be used for possible repairs or replacement of any materials in the condominium.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>If the Lessor has 5 or more units, then it is required to disclose the Security Deposit Holdings in accordance with </w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R58d1df06de0442cd">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R6c0b2d6f353e40c3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statute 83.49</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
@@ -1067,51 +1067,51 @@
         </w:rPr>
         <w:t>LANDLORD’s ADDRESS DISCLOSURE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In accordance with the law (</w:t>
       </w:r>
-      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="R52395893d8dd4aa2">
+      <w:hyperlink w:tgtFrame="_blank" w:history="true" r:id="Rafdd8a59df374bd2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
             <w:b/>
             <w:bCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>State Statue 83.50</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">), here's the Landlord's </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
@@ -2794,51 +2794,51 @@
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1751199387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R58d1df06de0442cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="R52395893d8dd4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;URL=0000-0099/0083/Sections/0083.49.html" TargetMode="External" Id="R6c0b2d6f353e40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.leg.state.fl.us/statutes/index.cfm?App_mode=Display_Statute&amp;Search_String=&amp;URL=0000-0099/0083/Sections/0083.50.html" TargetMode="External" Id="Rafdd8a59df374bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>