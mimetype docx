--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10642</w:t>
+        <w:t>10586</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>9/21/2013</w:t>
+        <w:t>8/1/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Simons bistro</w:t>
+        <w:t>Reggiani Caseifici</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Anne Dodsworth</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Vinbæltet 34,</w:t>
+        <w:t>Strada Provinciale 124,</w:t>
         <w:cr/>
-        <w:t>København  1734 Denmark</w:t>
+        <w:t>Reggio Emilia  42100 Italy</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R9dff0f814adb40eb">
+      <w:hyperlink r:id="R4e47fa7dac2041bc">
         <w:r>
-          <w:t>robert.k@simonsbistro.com</w:t>
+          <w:t>anne.d@reggianicaseifici.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Anne Dodsworth</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Vinbæltet 34,</w:t>
+        <w:t>Strada Provinciale 124,</w:t>
         <w:cr/>
-        <w:t>København  1734 Denmark</w:t>
+        <w:t>Reggio Emilia  42100 Italy</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,274 +673,138 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sir Rodney's Scones</w:t>
+              <w:t>Filo Mix</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$10.00</w:t>
+              <w:t>$7.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$300.00</w:t>
-[...135 lines deleted...]
-              <w:t>$570.00</w:t>
+              <w:t>$28.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +863,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$870.00</w:t>
+              <w:t>$28.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2263,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R9dff0f814adb40eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R4e47fa7dac2041bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>