--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10586</w:t>
+        <w:t>10384</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>8/1/2013</w:t>
+        <w:t>1/15/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Reggiani Caseifici</w:t>
+        <w:t>Berglunds snabbköp</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Anne Dodsworth</w:t>
+        <w:t>Janet Leverling</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Strada Provinciale 124,</w:t>
+        <w:t>Berguvsvägen  8,</w:t>
         <w:cr/>
-        <w:t>Reggio Emilia  42100 Italy</w:t>
+        <w:t>Luleå  S-958 22 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R4e47fa7dac2041bc">
+      <w:hyperlink r:id="Rd7868c8f63ed46a4">
         <w:r>
-          <w:t>anne.d@reggianicaseifici.com</w:t>
+          <w:t>janet.l@berglundssnabbköp.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Anne Dodsworth</w:t>
+        <w:t>Janet Leverling</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Strada Provinciale 124,</w:t>
+        <w:t>Berguvsvägen  8,</w:t>
         <w:cr/>
-        <w:t>Reggio Emilia  42100 Italy</w:t>
+        <w:t>Luleå  S-958 22 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,168 +673,304 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Filo Mix</w:t>
+              <w:t>Camembert Pierrot</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$7.00</w:t>
+              <w:t>$27.20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$28.00</w:t>
+              <w:t>$408.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sir Rodney's Marmalade</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$64.80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$1,814.40</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -863,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$28.00</w:t>
+              <w:t>$2,222.40</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2263,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R4e47fa7dac2041bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rd7868c8f63ed46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>