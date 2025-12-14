--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10384</w:t>
+        <w:t>10508</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>1/15/2013</w:t>
+        <w:t>5/16/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Berglunds snabbköp</w:t>
+        <w:t>Ottilies Käseladen</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Berguvsvägen  8,</w:t>
+        <w:t>Mehrheimerstr. 369,</w:t>
         <w:cr/>
-        <w:t>Luleå  S-958 22 Sweden</w:t>
+        <w:t>Köln  50739 Germany</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Rd7868c8f63ed46a4">
+      <w:hyperlink r:id="Ra9d2b2a87ed04c91">
         <w:r>
-          <w:t>janet.l@berglundssnabbköp.com</w:t>
+          <w:t>nancy.d@ottilieskäseladen.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Berguvsvägen  8,</w:t>
+        <w:t>Mehrheimerstr. 369,</w:t>
         <w:cr/>
-        <w:t>Luleå  S-958 22 Sweden</w:t>
+        <w:t>Köln  50739 Germany</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,274 +673,274 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Camembert Pierrot</w:t>
+              <w:t>Chartreuse verte</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$27.20</w:t>
+              <w:t>$18.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$408.00</w:t>
+              <w:t>$180.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sir Rodney's Marmalade</w:t>
+              <w:t>Konbu</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>28</w:t>
+              <w:t>10</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$64.80</w:t>
+              <w:t>$6.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$1,814.40</w:t>
+              <w:t>$60.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$2,222.40</w:t>
+              <w:t>$240.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rd7868c8f63ed46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Ra9d2b2a87ed04c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>