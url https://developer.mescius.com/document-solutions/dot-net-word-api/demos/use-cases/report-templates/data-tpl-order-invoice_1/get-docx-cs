--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10508</w:t>
+        <w:t>10960</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>5/16/2013</w:t>
+        <w:t>4/17/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Ottilies Käseladen</w:t>
+        <w:t>HILARIÓN-Abastos</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Janet Leverling</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Mehrheimerstr. 369,</w:t>
+        <w:t>Carrera 22 con Ave. Carlos Soublette #8-35,</w:t>
         <w:cr/>
-        <w:t>Köln  50739 Germany</w:t>
+        <w:t>San Cristóbal Táchira 5022 Venezuela</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Ra9d2b2a87ed04c91">
+      <w:hyperlink r:id="Rb72931ac4d054c5e">
         <w:r>
-          <w:t>nancy.d@ottilieskäseladen.com</w:t>
+          <w:t>janet.l@hilariónabastos.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Janet Leverling</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Mehrheimerstr. 369,</w:t>
+        <w:t>Carrera 22 con Ave. Carlos Soublette #8-35,</w:t>
         <w:cr/>
-        <w:t>Köln  50739 Germany</w:t>
+        <w:t>San Cristóbal Táchira 5022 Venezuela</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,51 +673,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Chartreuse verte</w:t>
+              <w:t>Guaraná Fantástica</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -730,217 +730,217 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$18.00</w:t>
+              <w:t>$4.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$180.00</w:t>
+              <w:t>$45.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Konbu</w:t>
+              <w:t>Jack's New England Clam Chowder</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>24</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$6.00</w:t>
+              <w:t>$9.65</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$60.00</w:t>
+              <w:t>$231.60</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$240.00</w:t>
+              <w:t>$276.60</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Ra9d2b2a87ed04c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rb72931ac4d054c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>