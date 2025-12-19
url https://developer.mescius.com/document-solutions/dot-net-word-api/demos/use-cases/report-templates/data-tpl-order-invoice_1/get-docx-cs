--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10960</w:t>
+        <w:t>10291</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4/17/2014</w:t>
+        <w:t>9/26/2012</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>HILARIÓN-Abastos</w:t>
+        <w:t>Que Delícia</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Michael Suyama</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Carrera 22 con Ave. Carlos Soublette #8-35,</w:t>
+        <w:t>Rua da Panificadora, 12,</w:t>
         <w:cr/>
-        <w:t>San Cristóbal Táchira 5022 Venezuela</w:t>
+        <w:t>Rio de Janeiro RJ 02389-673 Brazil</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Rb72931ac4d054c5e">
+      <w:hyperlink r:id="R1f2a29c7e3324a99">
         <w:r>
-          <w:t>janet.l@hilariónabastos.com</w:t>
+          <w:t>michael.s@quedelícia.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Michael Suyama</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Carrera 22 con Ave. Carlos Soublette #8-35,</w:t>
+        <w:t>Rua da Panificadora, 12,</w:t>
         <w:cr/>
-        <w:t>San Cristóbal Táchira 5022 Venezuela</w:t>
+        <w:t>Rio de Janeiro RJ 02389-673 Brazil</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,187 +673,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Guaraná Fantástica</w:t>
-[...135 lines deleted...]
-              <w:t>Jack's New England Clam Chowder</w:t>
+              <w:t>Gula Malacca</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -866,111 +730,383 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$9.65</w:t>
+              <w:t>$15.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$231.60</w:t>
+              <w:t>$372.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konbu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$4.80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$96.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Manjimup Dried Apples</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$42.40</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$84.80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -999,51 +1135,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$276.60</w:t>
+              <w:t>$552.80</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2535,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rb72931ac4d054c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R1f2a29c7e3324a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>