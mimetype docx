--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10291</w:t>
+        <w:t>10676</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>9/26/2012</w:t>
+        <w:t>10/22/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Que Delícia</w:t>
+        <w:t>Tortuga Restaurante</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Michael Suyama</w:t>
+        <w:t>Andrew Fuller</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Rua da Panificadora, 12,</w:t>
+        <w:t>Avda. Azteca 123,</w:t>
         <w:cr/>
-        <w:t>Rio de Janeiro RJ 02389-673 Brazil</w:t>
+        <w:t>México D.F.  05033 Mexico</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R1f2a29c7e3324a99">
+      <w:hyperlink r:id="R0b854e8698d44bd7">
         <w:r>
-          <w:t>michael.s@quedelícia.com</w:t>
+          <w:t>andrew.f@tortugarestaurante.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Michael Suyama</w:t>
+        <w:t>Andrew Fuller</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Rua da Panificadora, 12,</w:t>
+        <w:t>Avda. Azteca 123,</w:t>
         <w:cr/>
-        <w:t>Rio de Janeiro RJ 02389-673 Brazil</w:t>
+        <w:t>México D.F.  05033 Mexico</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -700,296 +700,160 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$15.50</w:t>
+              <w:t>$19.45</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$372.00</w:t>
+              <w:t>$408.45</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Konbu</w:t>
-[...135 lines deleted...]
-              <w:t>Manjimup Dried Apples</w:t>
+              <w:t>Ikura</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1002,111 +866,247 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$42.40</w:t>
+              <w:t>$31.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$84.80</w:t>
+              <w:t>$62.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teatime Chocolate Biscuits</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$9.20</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$64.40</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -1135,51 +1135,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$552.80</w:t>
+              <w:t>$534.85</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2535,51 +2535,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R1f2a29c7e3324a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R0b854e8698d44bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>