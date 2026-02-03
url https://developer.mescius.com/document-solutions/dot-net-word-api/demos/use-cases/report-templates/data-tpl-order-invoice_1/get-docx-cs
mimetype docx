--- v6 (2025-12-19)
+++ v7 (2026-02-03)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10676</w:t>
+        <w:t>10823</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10/22/2013</w:t>
+        <w:t>2/8/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Tortuga Restaurante</w:t>
+        <w:t>LILA-Supermercado</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Andrew Fuller</w:t>
+        <w:t>Steven Buchanan</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Avda. Azteca 123,</w:t>
+        <w:t>Carrera 52 con Ave. Bolívar #65-98 Llano Largo,</w:t>
         <w:cr/>
-        <w:t>México D.F.  05033 Mexico</w:t>
+        <w:t>Barquisimeto Lara 3508 Venezuela</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R0b854e8698d44bd7">
+      <w:hyperlink r:id="Rea6e8c8d63c44749">
         <w:r>
-          <w:t>andrew.f@tortugarestaurante.com</w:t>
+          <w:t>steven.b@lilasupermercado.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Andrew Fuller</w:t>
+        <w:t>Steven Buchanan</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Avda. Azteca 123,</w:t>
+        <w:t>Carrera 52 con Ave. Bolívar #65-98 Llano Largo,</w:t>
         <w:cr/>
-        <w:t>México D.F.  05033 Mexico</w:t>
+        <w:t>Barquisimeto Lara 3508 Venezuela</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,440 +673,576 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gula Malacca</w:t>
+              <w:t>Original Frankfurter grüne Soße</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>21</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$19.45</w:t>
+              <w:t>$13.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$408.45</w:t>
+              <w:t>$195.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ikura</w:t>
+              <w:t>Queso Cabrales</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$31.00</w:t>
+              <w:t>$21.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$62.00</w:t>
+              <w:t>$420.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Teatime Chocolate Biscuits</w:t>
+              <w:t>Raclette Courdavault</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>40</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$9.20</w:t>
+              <w:t>$55.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$64.40</w:t>
+              <w:t>$2,200.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ravioli Angelo</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$19.50</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$292.50</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -1135,51 +1271,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$534.85</w:t>
+              <w:t>$3,107.50</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2535,51 +2671,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R0b854e8698d44bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rea6e8c8d63c44749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>