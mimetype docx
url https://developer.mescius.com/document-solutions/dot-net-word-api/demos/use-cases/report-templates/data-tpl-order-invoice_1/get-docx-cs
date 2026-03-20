--- v7 (2026-02-03)
+++ v8 (2026-03-20)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10823</w:t>
+        <w:t>11001</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2/8/2014</w:t>
+        <w:t>5/5/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>LILA-Supermercado</w:t>
+        <w:t>Folk och fä HB</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Steven Buchanan</w:t>
+        <w:t>Andrew Fuller</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Carrera 52 con Ave. Bolívar #65-98 Llano Largo,</w:t>
+        <w:t>Åkergatan 24,</w:t>
         <w:cr/>
-        <w:t>Barquisimeto Lara 3508 Venezuela</w:t>
+        <w:t>Bräcke  S-844 67 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Rea6e8c8d63c44749">
+      <w:hyperlink r:id="Rd9f46f7ab470461d">
         <w:r>
-          <w:t>steven.b@lilasupermercado.com</w:t>
+          <w:t>andrew.f@folkochfähb.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Steven Buchanan</w:t>
+        <w:t>Andrew Fuller</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Carrera 52 con Ave. Bolívar #65-98 Llano Largo,</w:t>
+        <w:t>Åkergatan 24,</w:t>
         <w:cr/>
-        <w:t>Barquisimeto Lara 3508 Venezuela</w:t>
+        <w:t>Bräcke  S-844 67 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,214 +673,78 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Original Frankfurter grüne Soße</w:t>
+              <w:t>Gustaf's Knäckebröd</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...135 lines deleted...]
-              <w:t>20</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -896,353 +760,489 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$420.00</w:t>
+              <w:t>$525.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Raclette Courdavault</w:t>
+              <w:t>Pâté chinois</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$55.00</w:t>
+              <w:t>$24.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$2,200.00</w:t>
+              <w:t>$144.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ravioli Angelo</w:t>
+              <w:t>Spegesild</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$19.50</w:t>
+              <w:t>$12.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$292.50</w:t>
+              <w:t>$300.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uncle Bob's Organic Dried Pears</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$30.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$1,800.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -1271,51 +1271,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$3,107.50</w:t>
+              <w:t>$2,769.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2671,51 +2671,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rea6e8c8d63c44749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rd9f46f7ab470461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>