--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="13236176328048445358"/>
-            <w:bookmarkEnd w:id="13236176328048445358"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="12687975192158471584"/>
+            <w:bookmarkEnd w:id="12687975192158471584"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>