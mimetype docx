--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="12687975192158471584"/>
-            <w:bookmarkEnd w:id="12687975192158471584"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="12764974418751867607"/>
+            <w:bookmarkEnd w:id="12764974418751867607"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>