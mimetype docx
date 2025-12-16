--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="12764974418751867607"/>
-            <w:bookmarkEnd w:id="12764974418751867607"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="14995831447481447840"/>
+            <w:bookmarkEnd w:id="14995831447481447840"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>