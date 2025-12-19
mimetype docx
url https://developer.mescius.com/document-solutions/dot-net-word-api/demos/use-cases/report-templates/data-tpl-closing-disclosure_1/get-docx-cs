--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="14995831447481447840"/>
-            <w:bookmarkEnd w:id="14995831447481447840"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="14424546712709420072"/>
+            <w:bookmarkEnd w:id="14424546712709420072"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>