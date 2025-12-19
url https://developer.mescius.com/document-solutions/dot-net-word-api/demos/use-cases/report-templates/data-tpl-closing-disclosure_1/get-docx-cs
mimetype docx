--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="14424546712709420072"/>
-            <w:bookmarkEnd w:id="14424546712709420072"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="12055763636905950774"/>
+            <w:bookmarkEnd w:id="12055763636905950774"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>