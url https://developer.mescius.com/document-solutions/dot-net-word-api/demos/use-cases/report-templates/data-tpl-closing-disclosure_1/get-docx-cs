--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="12055763636905950774"/>
-            <w:bookmarkEnd w:id="12055763636905950774"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="4164750534564797317"/>
+            <w:bookmarkEnd w:id="4164750534564797317"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>