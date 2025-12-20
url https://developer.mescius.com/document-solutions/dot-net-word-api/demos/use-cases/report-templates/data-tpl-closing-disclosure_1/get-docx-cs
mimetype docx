--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="4164750534564797317"/>
-            <w:bookmarkEnd w:id="4164750534564797317"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="15916887170551068349"/>
+            <w:bookmarkEnd w:id="15916887170551068349"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>