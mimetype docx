--- v7 (2025-12-20)
+++ v8 (2026-02-03)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="15916887170551068349"/>
-            <w:bookmarkEnd w:id="15916887170551068349"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="9804925450102522348"/>
+            <w:bookmarkEnd w:id="9804925450102522348"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>