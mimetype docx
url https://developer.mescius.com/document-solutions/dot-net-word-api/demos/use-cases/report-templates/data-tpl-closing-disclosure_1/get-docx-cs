--- v8 (2026-02-03)
+++ v9 (2026-02-04)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="9804925450102522348"/>
-            <w:bookmarkEnd w:id="9804925450102522348"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="10257920703426473174"/>
+            <w:bookmarkEnd w:id="10257920703426473174"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>