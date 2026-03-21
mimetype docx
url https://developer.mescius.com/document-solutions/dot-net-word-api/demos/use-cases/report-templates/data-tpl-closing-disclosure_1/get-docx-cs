--- v9 (2026-02-04)
+++ v10 (2026-03-21)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="10257920703426473174"/>
-            <w:bookmarkEnd w:id="10257920703426473174"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="12333458205183746805"/>
+            <w:bookmarkEnd w:id="12333458205183746805"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>