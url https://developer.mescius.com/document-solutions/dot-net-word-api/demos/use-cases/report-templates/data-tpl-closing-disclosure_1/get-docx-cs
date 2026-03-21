--- v10 (2026-03-21)
+++ v11 (2026-03-21)
@@ -2903,52 +2903,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1338" w:right="1338"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_GoBack" w:id="12333458205183746805"/>
-            <w:bookmarkEnd w:id="12333458205183746805"/>
+            <w:bookmarkStart w:name="_GoBack" w:id="11463443091262363232"/>
+            <w:bookmarkEnd w:id="11463443091262363232"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="79"/>
               <w:ind w:left="1464" w:right="1466"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic"/>
                 <w:b/>
                 <w:w w:val="90"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>