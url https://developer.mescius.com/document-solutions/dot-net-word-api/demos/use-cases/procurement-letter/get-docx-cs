--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0701cc51214340ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R070dad635fc04e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R571e9f438ffd4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R87271316f785447b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R405b67bc0f8944da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R22a4a6247231428a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R1bd2947d266d4a13"/>
+                          <a:blip r:embed="Rbb99737562fc4a12"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Reba1c33e574347a4"/>
+                    <a:blip r:embed="Rfa4e8d613de24f01"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="Rccf6e2189b734dce"/>
+      <w:footerReference w:type="default" r:id="R8cbf4541e5334df4"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R538bc428e53149f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9797524761414c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61aa8bb24e3a448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Rccf6e2189b734dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R1bd2947d266d4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Reba1c33e574347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra24284a4d7394167" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R22663838fcdb42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0032bcd9465e47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d9e6da444b54122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8cbf4541e5334df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rbb99737562fc4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rfa4e8d613de24f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdcabb87cbcba4c36" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>