--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R87271316f785447b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R405b67bc0f8944da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R22a4a6247231428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb646b59a711e4864" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06a941bde3d543ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb48fcb85627b472b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rbb99737562fc4a12"/>
+                          <a:blip r:embed="Re20f378902e74a0b"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rfa4e8d613de24f01"/>
+                    <a:blip r:embed="R5daa71cb561d46f1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R8cbf4541e5334df4"/>
+      <w:footerReference w:type="default" r:id="R61261a8769c64913"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R22663838fcdb42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0032bcd9465e47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d9e6da444b54122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8cbf4541e5334df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rbb99737562fc4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rfa4e8d613de24f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdcabb87cbcba4c36" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R90022af92195428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69aea146cc0a4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rebf599edc08d4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R61261a8769c64913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re20f378902e74a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R5daa71cb561d46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b3328aa09804731" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>