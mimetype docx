--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb646b59a711e4864" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06a941bde3d543ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb48fcb85627b472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R12e09f85744a455f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dc0f44a4b97407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb0c786209c64b46" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Re20f378902e74a0b"/>
+                          <a:blip r:embed="R66086ea5a7a64c59"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5daa71cb561d46f1"/>
+                    <a:blip r:embed="R7e15e55dff414429"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R61261a8769c64913"/>
+      <w:footerReference w:type="default" r:id="R8f2ad269cdc64236"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R90022af92195428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R69aea146cc0a4183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rebf599edc08d4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R61261a8769c64913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re20f378902e74a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R5daa71cb561d46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b3328aa09804731" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4dedbba52b4949eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4a0b22dcacbf4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf3362156db94749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8f2ad269cdc64236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R66086ea5a7a64c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R7e15e55dff414429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R706e56075f1c4640" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>