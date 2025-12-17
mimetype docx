--- v3 (2025-12-16)
+++ v4 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R12e09f85744a455f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dc0f44a4b97407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb0c786209c64b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R89ca71c507d7449d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6c8c0140e8684c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4ff448b6f5b4e35" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R66086ea5a7a64c59"/>
+                          <a:blip r:embed="R7284598a58614244"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R7e15e55dff414429"/>
+                    <a:blip r:embed="R3b41ec3b40894c18"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R8f2ad269cdc64236"/>
+      <w:footerReference w:type="default" r:id="R2c37f238430e41bd"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4dedbba52b4949eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4a0b22dcacbf4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf3362156db94749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8f2ad269cdc64236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R66086ea5a7a64c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R7e15e55dff414429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R706e56075f1c4640" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70a38534d8964af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6b9c2d5ce22f44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf2cda3d78f9a4297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R2c37f238430e41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R7284598a58614244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R3b41ec3b40894c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a6373947904489a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>