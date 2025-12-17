--- v4 (2025-12-17)
+++ v5 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R89ca71c507d7449d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6c8c0140e8684c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4ff448b6f5b4e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rade3943f6f3743f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re907286920364cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67d44bedcb854e56" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R7284598a58614244"/>
+                          <a:blip r:embed="R5e40e655e9814e77"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R3b41ec3b40894c18"/>
+                    <a:blip r:embed="R4823d664d4bf4f23"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R2c37f238430e41bd"/>
+      <w:footerReference w:type="default" r:id="R9ee9355009534e34"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70a38534d8964af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6b9c2d5ce22f44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf2cda3d78f9a4297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R2c37f238430e41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R7284598a58614244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R3b41ec3b40894c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a6373947904489a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a4149317b2e4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2bd6823f7f2d4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2213d67a36f94297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R9ee9355009534e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R5e40e655e9814e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R4823d664d4bf4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf7d725cfd42342d2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>