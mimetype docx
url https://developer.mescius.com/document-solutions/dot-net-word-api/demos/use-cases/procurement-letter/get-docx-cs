--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rade3943f6f3743f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re907286920364cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R67d44bedcb854e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c9a8bee09a446f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda5b1ab6815d4702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf41232368fc341a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R5e40e655e9814e77"/>
+                          <a:blip r:embed="Rcc5fe3c3b03b4f05"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4823d664d4bf4f23"/>
+                    <a:blip r:embed="R6dc29da01b624d48"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R9ee9355009534e34"/>
+      <w:footerReference w:type="default" r:id="R8a36d3167c4f49a5"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a4149317b2e4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2bd6823f7f2d4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2213d67a36f94297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R9ee9355009534e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R5e40e655e9814e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R4823d664d4bf4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf7d725cfd42342d2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a07dff24ca4496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19244131f6c84b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb07d68718304888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8a36d3167c4f49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rcc5fe3c3b03b4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R6dc29da01b624d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R640c668f3af143af" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>