--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c9a8bee09a446f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda5b1ab6815d4702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf41232368fc341a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b157629fcf7407c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8008be16c2184e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa0bc951b53d4c82" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rcc5fe3c3b03b4f05"/>
+                          <a:blip r:embed="R3c2bf3ab7ed046fa"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R6dc29da01b624d48"/>
+                    <a:blip r:embed="R63ab3f4efce14bda"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R8a36d3167c4f49a5"/>
+      <w:footerReference w:type="default" r:id="R285f4ff14f024cbb"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a07dff24ca4496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19244131f6c84b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb07d68718304888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R8a36d3167c4f49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rcc5fe3c3b03b4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R6dc29da01b624d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R640c668f3af143af" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4c0222ec75c4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb5b57b5d91ae4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6124393d153c4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R285f4ff14f024cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R3c2bf3ab7ed046fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R63ab3f4efce14bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1c165277a72145d2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>