--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b157629fcf7407c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8008be16c2184e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa0bc951b53d4c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc566e02dc55445e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a3f68ebb3a543c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e16c8de52f34063" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R3c2bf3ab7ed046fa"/>
+                          <a:blip r:embed="Re7212fec72e6402d"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R63ab3f4efce14bda"/>
+                    <a:blip r:embed="Ree90468abd864b5b"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="R285f4ff14f024cbb"/>
+      <w:footerReference w:type="default" r:id="Raf0a8f3c6f5a4fc6"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd4c0222ec75c4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb5b57b5d91ae4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6124393d153c4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R285f4ff14f024cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R3c2bf3ab7ed046fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R63ab3f4efce14bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1c165277a72145d2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R668dfdbb52f54957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10ddf99228f24dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf1196872274457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Raf0a8f3c6f5a4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re7212fec72e6402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Ree90468abd864b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R015a5e0b14a542e6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>