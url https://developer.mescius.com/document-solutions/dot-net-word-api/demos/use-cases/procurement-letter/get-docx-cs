--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc566e02dc55445e2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a3f68ebb3a543c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e16c8de52f34063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R201a88cb045f4187" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1562262d60c74b20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7e8d3d45d61f4c55" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6840" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="3B136E"/>
             <w:tcMar>
               <w:top w:w="240" w:type="dxa"/>
               <w:left w:w="240" w:type="dxa"/>
               <w:bottom w:w="480" w:type="dxa"/>
@@ -139,98 +139,98 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcMar>
               <w:bottom w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1419225" cy="1219200"/>
                   <wp:docPr id="1" name=""/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Re7212fec72e6402d"/>
+                          <a:blip r:embed="R8d29e171207d4276"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1419225" cy="1219200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-2169795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1190625" cy="800100"/>
             <wp:wrapSquare wrapText="right"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ree90468abd864b5b"/>
+                    <a:blip r:embed="R9e736d24aece4814"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1190625" cy="800100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
@@ -341,51 +341,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nancy Davolio,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Chief Procurement Officer</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="Raf0a8f3c6f5a4fc6"/>
+      <w:footerReference w:type="default" r:id="R23ed7faf00ee4c32"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -934,51 +934,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R668dfdbb52f54957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10ddf99228f24dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf1196872274457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="Raf0a8f3c6f5a4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Re7212fec72e6402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Ree90468abd864b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R015a5e0b14a542e6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R333b79b3bfd447c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R80718236d7a946b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R88472016160b47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="R23ed7faf00ee4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R8d29e171207d4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R9e736d24aece4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5e812688de384047" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>