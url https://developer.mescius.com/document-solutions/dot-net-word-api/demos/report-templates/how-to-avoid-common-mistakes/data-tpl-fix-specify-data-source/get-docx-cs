--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R059fa12e3567421e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R255261017b2d43af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raff0f5ad5538406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00418231aebb4e4c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb0afb5f95c764696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19b1453acd0e48ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R46c8e261406141f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R85a8630cab2f43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf529ae1be8e248ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2297ab599204983" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R882028dce46f4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc33661cea0b942dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11482b0b776e41be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf3cf13151a4417f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>