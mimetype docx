--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R00418231aebb4e4c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb0afb5f95c764696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R19b1453acd0e48ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1bb6f65b05ac49ec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70f3b756d8714b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4fac7d7edbb431c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R882028dce46f4947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc33661cea0b942dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11482b0b776e41be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcf3cf13151a4417f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17fd4f65e6804e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R774123c4a8d14f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf1ee7babd8a14fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R431a2ec3a1174f96" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>