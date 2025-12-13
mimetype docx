--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1bb6f65b05ac49ec" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R70f3b756d8714b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb4fac7d7edbb431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06bbe6f8597c4a2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1cf3aa095fbd45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0599a48749bb49db" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R17fd4f65e6804e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R774123c4a8d14f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf1ee7babd8a14fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R431a2ec3a1174f96" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e74e1383fbf40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e9df8e5a26249bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cb1b1872cfe4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R02199b26731f4a84" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>