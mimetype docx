--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06bbe6f8597c4a2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1cf3aa095fbd45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0599a48749bb49db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Radaad9fb3f0a4483" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re6bd4d04c28f4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea98bcfc6c1349a6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e74e1383fbf40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e9df8e5a26249bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9cb1b1872cfe4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R02199b26731f4a84" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd01f0fb0b81e4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfdcdd8c9e963428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b9b44fa740c4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfd39891b49144bca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>