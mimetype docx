--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Radaad9fb3f0a4483" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re6bd4d04c28f4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rea98bcfc6c1349a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d81400cd8af42f3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49c02760d69d4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad74c34c9b614814" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd01f0fb0b81e4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfdcdd8c9e963428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b9b44fa740c4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfd39891b49144bca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2ac0384d914d4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra29fdf8ddcc74d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf0ba19e8f39b4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d72ca26693743ca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>