--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d81400cd8af42f3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R49c02760d69d4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rad74c34c9b614814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7afc072ff6f849b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbdbd231e59d64a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reade504899b9440e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2ac0384d914d4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra29fdf8ddcc74d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf0ba19e8f39b4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d72ca26693743ca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R97cd264de69e4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8118047467894124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf948dbe5e7884777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R828906742faa4afe" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>