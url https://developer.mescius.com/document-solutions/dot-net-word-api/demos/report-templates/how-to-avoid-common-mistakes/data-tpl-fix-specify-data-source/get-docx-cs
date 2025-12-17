--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7afc072ff6f849b6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbdbd231e59d64a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reade504899b9440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a5522b1af7441e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04ad88e27495444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R46fa6542a3aa4c0e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R97cd264de69e4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8118047467894124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf948dbe5e7884777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R828906742faa4afe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c630c8f9d324fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53e5c9c999424f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra89c799d607a4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R013d916726ab42d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>