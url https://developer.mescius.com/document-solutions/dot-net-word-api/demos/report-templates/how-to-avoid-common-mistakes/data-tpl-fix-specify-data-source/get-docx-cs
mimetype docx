--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7a5522b1af7441e1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04ad88e27495444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R46fa6542a3aa4c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R715e6d84efd84135" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra850a2ba53f9474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61e9048dee3a4290" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0c630c8f9d324fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R53e5c9c999424f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra89c799d607a4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R013d916726ab42d3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08dd2738df6e48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R354b1b3455114e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R094d7f57359f4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R766a832e185a4ce3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>