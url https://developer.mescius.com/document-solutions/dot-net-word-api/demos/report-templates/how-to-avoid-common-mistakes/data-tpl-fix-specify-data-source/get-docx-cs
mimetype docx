--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R715e6d84efd84135" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra850a2ba53f9474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61e9048dee3a4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ccb39c74414474a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa51d742c5664e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7136726f734e456f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R08dd2738df6e48cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R354b1b3455114e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R094d7f57359f4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R766a832e185a4ce3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc77a2e1f015f438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R95d4877d5b734f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R677a216b1bcc415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b9a2d08408444f8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>