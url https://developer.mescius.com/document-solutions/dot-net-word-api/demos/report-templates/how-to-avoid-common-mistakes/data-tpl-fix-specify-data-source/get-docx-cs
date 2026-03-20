--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2ccb39c74414474a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa51d742c5664e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7136726f734e456f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra1d80d9a33614b6e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60044306f0fa4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcfbff8e8599c4251" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template key "name" is present in multiple data sources: #ds, #ds1. To avoid this issue, use fully qualified template tags." occurred because the data template engine could not unambiguously resolve the data tag that was not fully qualified. The fix is to use fully qualified data tags.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc77a2e1f015f438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R95d4877d5b734f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R677a216b1bcc415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0b9a2d08408444f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5e98323b3c594f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5fbaeaf275e84d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R31f2b9e8199448d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd82b80e39fb44ecf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>