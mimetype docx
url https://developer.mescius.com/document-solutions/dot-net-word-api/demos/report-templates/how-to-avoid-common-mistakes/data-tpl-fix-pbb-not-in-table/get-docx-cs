--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra31dad847c4c41d0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rccc711d93b554356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R887ca0995c4a4d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc08c8dc5979a40a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2aa7e7bd52bd46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25c360809a9c4d25" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76c3dbcdf3e4449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5443b629a62d401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4fcff9ce0c194a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R144452c91e9844a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6150a2571c547e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb601025c6822442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdbc7c25006d94454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R29d61f2eccf14f80" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>