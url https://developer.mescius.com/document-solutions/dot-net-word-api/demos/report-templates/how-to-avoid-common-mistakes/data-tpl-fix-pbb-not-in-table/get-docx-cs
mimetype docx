--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc08c8dc5979a40a9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2aa7e7bd52bd46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R25c360809a9c4d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bde6ce031d54ad2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6645f1e1d9924f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R10ffa3acb9bb48bc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6150a2571c547e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb601025c6822442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdbc7c25006d94454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R29d61f2eccf14f80" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5131073a7c048a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra881e6b11d9645b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R03ed9ffc6fbf4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1debc7997814898" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>