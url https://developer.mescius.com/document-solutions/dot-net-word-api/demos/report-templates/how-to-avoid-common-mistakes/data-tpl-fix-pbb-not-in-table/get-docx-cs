--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bde6ce031d54ad2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6645f1e1d9924f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R10ffa3acb9bb48bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97eccfa02d774c9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f33ee3dbe6b4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R255362f019d64598" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5131073a7c048a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra881e6b11d9645b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R03ed9ffc6fbf4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf1debc7997814898" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0dce63bcbcc54efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50e807246ecf4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re68d3a1cee004f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f24e2fcadbd434d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>