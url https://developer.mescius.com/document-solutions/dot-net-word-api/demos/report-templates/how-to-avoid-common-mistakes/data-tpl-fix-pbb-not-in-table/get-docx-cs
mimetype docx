--- v3 (2025-12-15)
+++ v4 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97eccfa02d774c9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f33ee3dbe6b4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R255362f019d64598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3fa286406a1843c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36930480c6e44b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a3e2546bc274e2a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0dce63bcbcc54efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R50e807246ecf4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re68d3a1cee004f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f24e2fcadbd434d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9d30ecfb4f44a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R061673918af0422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R83c438c476f043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b0ef1ef79ab4ade" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>