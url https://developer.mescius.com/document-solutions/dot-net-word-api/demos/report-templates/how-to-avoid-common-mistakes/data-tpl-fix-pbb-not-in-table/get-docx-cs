--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3fa286406a1843c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36930480c6e44b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a3e2546bc274e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23b82d9c998c486a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd21460fa90bc4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6103d56134514edc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9d30ecfb4f44a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R061673918af0422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R83c438c476f043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b0ef1ef79ab4ade" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0761ae98d4fe4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd0550e01e1384c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7d06f166fc76417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55cbd9d233874f73" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>