--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R23b82d9c998c486a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd21460fa90bc4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6103d56134514edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c1d0eb139b04602" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcffcd70de6d94e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0fad91033ea64185" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0761ae98d4fe4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd0550e01e1384c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7d06f166fc76417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55cbd9d233874f73" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c8be52f3f3049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1085ed8570d4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racc7d67775cc471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59cad4c187d04c14" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>