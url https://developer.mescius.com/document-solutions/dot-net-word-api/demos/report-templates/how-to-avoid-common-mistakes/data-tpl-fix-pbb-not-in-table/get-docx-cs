--- v6 (2025-12-20)
+++ v7 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5c1d0eb139b04602" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcffcd70de6d94e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0fad91033ea64185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R819036d8c0d24f10" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26fa5a37fcc1407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc3f7b0ca03724f44" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c8be52f3f3049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1085ed8570d4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Racc7d67775cc471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59cad4c187d04c14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70f158919b214a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R28f8f07a5f264afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd85259a858d14b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9289e6465c4414d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>