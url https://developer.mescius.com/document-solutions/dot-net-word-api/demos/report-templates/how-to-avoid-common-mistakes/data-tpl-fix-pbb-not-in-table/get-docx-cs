--- v7 (2026-02-03)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R819036d8c0d24f10" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R26fa5a37fcc1407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc3f7b0ca03724f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc315e555226f44ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rebb1517f013a4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R98405da7f2c04b2b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70f158919b214a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R28f8f07a5f264afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd85259a858d14b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9289e6465c4414d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2c62e29a3054346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47c281ec87fb43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12e0b1441dc44aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c1e1decaa3d4d27" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>