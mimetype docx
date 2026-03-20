--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc315e555226f44ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rebb1517f013a4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R98405da7f2c04b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd9b4ea27c3c74f17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R82db5789e9d9413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3918bd2578dd4b77" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb()} : Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter was defined not inside a table. A pbb formatter can only be used inside a table cell.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -828,51 +828,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc2c62e29a3054346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R47c281ec87fb43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12e0b1441dc44aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c1e1decaa3d4d27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racd935b682fb419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e756d37e46746a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R200f1a5d1868464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Redd4349a79b849dc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>