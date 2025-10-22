--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97c71b356cdb455a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R015e9b1b50714503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9622ec4a02bf4dee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f0b45daac314d8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R894aebbf54504f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8cf9d1fcc03048ec" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e33c8912a0e47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3cac33eca08d4dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf16662aa406450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R296da13a6bcf46e3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59eecf426a94490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1bc0803260f54dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6afcedb329494e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20a5251b22664d69" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>