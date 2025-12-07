--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f0b45daac314d8a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R894aebbf54504f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8cf9d1fcc03048ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R242d0bdf679742d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra40efa46a02a4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9192ebcba562497a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R59eecf426a94490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1bc0803260f54dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6afcedb329494e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20a5251b22664d69" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R35fe1d1e4e1741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c2633fd7a704199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9971ed2df63347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbd972da36b95428e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>