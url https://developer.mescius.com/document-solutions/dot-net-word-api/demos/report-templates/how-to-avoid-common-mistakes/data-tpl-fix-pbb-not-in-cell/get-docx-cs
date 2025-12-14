--- v2 (2025-12-07)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R242d0bdf679742d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra40efa46a02a4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9192ebcba562497a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3c43df26a0a4f4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1437f87b383e484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6ca697789244963" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R35fe1d1e4e1741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c2633fd7a704199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9971ed2df63347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbd972da36b95428e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra188b263e5c34c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5ec86062c5ae4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R25395f8908fb45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c9155abd9964d62" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>