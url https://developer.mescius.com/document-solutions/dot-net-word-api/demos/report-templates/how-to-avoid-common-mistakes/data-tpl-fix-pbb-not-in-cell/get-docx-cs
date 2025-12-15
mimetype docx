--- v3 (2025-12-14)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3c43df26a0a4f4b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1437f87b383e484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf6ca697789244963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5aafbb15eb6b45a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3a5cb2fb2b1b4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2953ea758254126" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra188b263e5c34c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5ec86062c5ae4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R25395f8908fb45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4c9155abd9964d62" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9031864ed45c4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R931a3778dce542c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b2f4e8e3e6040b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4efbadb65d4b4a9b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>