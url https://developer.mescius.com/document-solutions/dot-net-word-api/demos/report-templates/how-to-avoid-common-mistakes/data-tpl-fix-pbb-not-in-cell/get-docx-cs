--- v4 (2025-12-15)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5aafbb15eb6b45a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3a5cb2fb2b1b4147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2953ea758254126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccd749e13d7b48b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9723e09d6d3456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a34105768c243ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9031864ed45c4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R931a3778dce542c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b2f4e8e3e6040b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4efbadb65d4b4a9b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfbc81b14486a49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf73548fe5f9846c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c952121938a457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raafea6792ba24449" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>