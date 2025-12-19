--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccd749e13d7b48b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9723e09d6d3456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a34105768c243ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd358be69863e4669" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5054e1290424caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57a0656090be4dff" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfbc81b14486a49f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf73548fe5f9846c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5c952121938a457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raafea6792ba24449" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R856c0c98fcea4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R821b01cf492f4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9ae655c88af478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f6b5e8ac18e4853" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>