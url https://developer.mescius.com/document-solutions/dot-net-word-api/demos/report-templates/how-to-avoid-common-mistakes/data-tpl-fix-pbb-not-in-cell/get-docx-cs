--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd358be69863e4669" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5054e1290424caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57a0656090be4dff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R71ef2cfcbc55458b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R77ea57d2f57b4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R871daaab3b8f4010" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R856c0c98fcea4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R821b01cf492f4134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9ae655c88af478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f6b5e8ac18e4853" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbb16aaa307254aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R54e4bc8987764df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4bb4b3c0be0414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32187beed7824e7d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>