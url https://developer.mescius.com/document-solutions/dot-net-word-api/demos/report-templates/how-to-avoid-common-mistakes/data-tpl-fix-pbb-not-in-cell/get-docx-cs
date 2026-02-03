--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R71ef2cfcbc55458b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R77ea57d2f57b4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R871daaab3b8f4010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d61e513728a4814" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4da5bafce5e94d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe7b25af174840f4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbb16aaa307254aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R54e4bc8987764df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4bb4b3c0be0414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32187beed7824e7d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c286f599c664a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3cf7237f9b194b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51716e18e60c4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10016d1410984a5a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>