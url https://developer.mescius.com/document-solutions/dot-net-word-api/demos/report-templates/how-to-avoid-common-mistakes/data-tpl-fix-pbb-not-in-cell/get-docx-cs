--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d61e513728a4814" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4da5bafce5e94d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe7b25af174840f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd6965329d8744228" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re55159de06454bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf39061a358f84a22" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1c286f599c664a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3cf7237f9b194b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R51716e18e60c4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10016d1410984a5a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0f3ea2366934a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdd3ffdbe39e941da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf5512ef9e5054844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2059ab7fc8f4384" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>