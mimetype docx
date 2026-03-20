--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd6965329d8744228" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re55159de06454bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf39061a358f84a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5b7bf12dc2cc44d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R11197e7c7d7549a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37389662e2214178" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Template range with paragraph-block-behavior formatter should start and end in the same cell." occurred because a pbb (paragraph-block-behavior) formatter started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p/>
           <w:p>
             <w:r/>
@@ -912,51 +912,51 @@
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="2" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0f3ea2366934a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdd3ffdbe39e941da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf5512ef9e5054844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf2059ab7fc8f4384" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re95ec6aed15141ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9deca606578b48a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9bc9ffdad59f4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9afee10848b49fd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>