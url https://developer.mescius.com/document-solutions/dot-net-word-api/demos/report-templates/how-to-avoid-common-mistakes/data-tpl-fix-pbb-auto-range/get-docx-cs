--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bcc53ac8b4c4673" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R317d9fc722554970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R83ab277bfc634e7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rabd937baef884627" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9aa4135f361446ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R39f95440339f4de9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf78e1d1c7d5a42b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf130cbc1f8be43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf346db09376f49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7ae194fe7ee4bab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R607982c7ffd445aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cde6a5b86454ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rde95ff8668374aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a1bac9fc3474af4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>