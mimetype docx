--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rabd937baef884627" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9aa4135f361446ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R39f95440339f4de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R29a3bce6c8434f03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra3fb1246de914687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R13e6992c5ac048da" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R607982c7ffd445aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cde6a5b86454ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rde95ff8668374aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a1bac9fc3474af4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R781cae1324a64595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R948f1a18201f4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cb8fe5e8b7c4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6c2c90e3b904eea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>