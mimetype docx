--- v2 (2025-12-07)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R29a3bce6c8434f03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra3fb1246de914687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R13e6992c5ac048da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7498dc5f10414007" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reba9aa3a2cba4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0127bab59ecb412a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R781cae1324a64595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R948f1a18201f4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cb8fe5e8b7c4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6c2c90e3b904eea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R93c3b19de8384bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raab551f9e3c54252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf04f3b91cc3c4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d23b8a8cf08401b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>