--- v3 (2025-12-15)
+++ v4 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7498dc5f10414007" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reba9aa3a2cba4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0127bab59ecb412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5606089780a34dea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e065fedf9a34b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfac434fa35964852" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R93c3b19de8384bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raab551f9e3c54252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf04f3b91cc3c4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4d23b8a8cf08401b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b1f85534d1c4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R927ddd4f8e324936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8f1e22df541422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10f6b511e1ba419c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>