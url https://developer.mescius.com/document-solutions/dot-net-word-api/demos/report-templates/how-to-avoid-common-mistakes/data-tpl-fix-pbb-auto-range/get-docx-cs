--- v4 (2025-12-18)
+++ v5 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5606089780a34dea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e065fedf9a34b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfac434fa35964852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5376b591e524e92" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b77fdaf8696417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68b249bcb11c475b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b1f85534d1c4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R927ddd4f8e324936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8f1e22df541422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10f6b511e1ba419c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra785a485d70b4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb1b6c7b33734d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd59ea08816e4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f5f8c12e5e14509" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>