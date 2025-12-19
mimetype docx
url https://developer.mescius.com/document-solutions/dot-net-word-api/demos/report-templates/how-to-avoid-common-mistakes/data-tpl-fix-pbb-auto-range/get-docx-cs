--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5376b591e524e92" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b77fdaf8696417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68b249bcb11c475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R163c578b32bb4c69" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf6e18afe6d7f4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R33903f48e09748e5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra785a485d70b4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb1b6c7b33734d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd59ea08816e4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f5f8c12e5e14509" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6ae12d4974146fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b06d820e2de4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re01ce625f5cb4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7760960ca3624090" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>