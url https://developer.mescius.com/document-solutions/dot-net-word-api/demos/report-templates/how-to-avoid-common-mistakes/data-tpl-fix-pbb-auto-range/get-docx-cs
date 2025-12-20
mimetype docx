--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R163c578b32bb4c69" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf6e18afe6d7f4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R33903f48e09748e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea663ce4084d4ef3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R95a2ac7fec164964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ef092a0356e4fa0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6ae12d4974146fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b06d820e2de4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re01ce625f5cb4964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7760960ca3624090" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3dfceb60d50481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ea168c675464da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c27fcb63fc1436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82d309311b1f429c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>