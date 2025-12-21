--- v7 (2025-12-20)
+++ v8 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rea663ce4084d4ef3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R95a2ac7fec164964" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ef092a0356e4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5420035117404473" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68914175b5c240e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd0a5a780d2c4aa6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3dfceb60d50481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ea168c675464da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c27fcb63fc1436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82d309311b1f429c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra475bd10a8554b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5268a9a3cc84a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c059c3d9a9847e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R764d312b36b64218" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>