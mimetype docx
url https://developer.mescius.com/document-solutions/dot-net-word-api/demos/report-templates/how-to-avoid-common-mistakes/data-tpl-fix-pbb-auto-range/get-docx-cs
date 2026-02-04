--- v8 (2025-12-21)
+++ v9 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5420035117404473" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R68914175b5c240e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd0a5a780d2c4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfbbd52cc52d04ca5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1276bc80ee3542a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97c5d241b9cc4187" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra475bd10a8554b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5268a9a3cc84a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c059c3d9a9847e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R764d312b36b64218" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2ad6b11f80544d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08b29e872b9d47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R56643d3b5bd4464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc145782b12324c0e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>