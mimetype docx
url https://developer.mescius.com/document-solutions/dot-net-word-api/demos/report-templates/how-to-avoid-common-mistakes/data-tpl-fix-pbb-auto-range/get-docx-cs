--- v9 (2026-02-04)
+++ v10 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfbbd52cc52d04ca5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1276bc80ee3542a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97c5d241b9cc4187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f08de4430ce4e5b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04eb2a4378b643d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R771559e3c0d24a91" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2ad6b11f80544d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08b29e872b9d47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R56643d3b5bd4464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc145782b12324c0e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0645adac95b4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43f7052bec724e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9681f972f03742ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb92d88066a2e406d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>