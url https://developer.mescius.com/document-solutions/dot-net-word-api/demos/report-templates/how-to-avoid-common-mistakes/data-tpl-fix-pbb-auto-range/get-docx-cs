--- v10 (2026-02-04)
+++ v11 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f08de4430ce4e5b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04eb2a4378b643d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R771559e3c0d24a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd7a7e7938d83437e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd77e465038f5445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc66d976591594a9e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "Start and end of auto-generated range "ds.seas" inside a paragraph-block-behavior block got placed in different cells, which is invalid. To fix, define all ranges explicitly." occurred because a pbb (paragraph-block-behavior) formatter on an auto-generated range started in one table cell and ended in another. A pbb formatter must start and end in the same table cell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable4-Accent4"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
@@ -1237,51 +1237,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb0645adac95b4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R43f7052bec724e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9681f972f03742ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb92d88066a2e406d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8997466ad0854578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R96f89e494e484c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2e79df33ef34f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R116a051ac4a54404" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>