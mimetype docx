--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R86a4e714ecdc4856" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63ba3a9be6144071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R08384e082f424563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc175a7b8f7bd45b9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9cc23c2efb2444ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80bed09fb0534c2a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c01661400b44e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa50ab4ff9674e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc455d08bd1dc4b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R294b70332a364963" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R65c60cbd2a954233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0dc97ab57acc4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd61472164b9d475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref58479f70b84d1e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>