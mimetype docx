--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc175a7b8f7bd45b9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9cc23c2efb2444ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R80bed09fb0534c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc1e9f133b4f45ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92b9d550051b4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd78d1e0919b411f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R65c60cbd2a954233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0dc97ab57acc4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd61472164b9d475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref58479f70b84d1e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0222efccf2ae4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree04932b80154765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79a414c434ee4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R63a675385e1b4f6a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>