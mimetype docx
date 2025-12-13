--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc1e9f133b4f45ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92b9d550051b4430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd78d1e0919b411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb69445638292460d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb73efce9f99e4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R287dc7afc1a14914" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0222efccf2ae4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree04932b80154765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R79a414c434ee4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R63a675385e1b4f6a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51583f67976242ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd2cddecb258f4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ba0cadf1b1f4bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82f3eb7faacc495a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>