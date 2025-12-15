--- v3 (2025-12-13)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb69445638292460d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb73efce9f99e4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R287dc7afc1a14914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9858f95fe9f4cbb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78d79ea54c714ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c626025625547e3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51583f67976242ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd2cddecb258f4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ba0cadf1b1f4bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82f3eb7faacc495a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf185e64221494fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra705d96fde0c4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92fbfc4dd33e40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4caf224ba5f54daa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>