--- v4 (2025-12-15)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9858f95fe9f4cbb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R78d79ea54c714ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c626025625547e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bcff5fcda8d4c02" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18fe0a33f73e4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rccfba3795f784604" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf185e64221494fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra705d96fde0c4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92fbfc4dd33e40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4caf224ba5f54daa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd68492364ed24e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cd91e1817144b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd17197374cc644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b2cc011b9cc4006" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>