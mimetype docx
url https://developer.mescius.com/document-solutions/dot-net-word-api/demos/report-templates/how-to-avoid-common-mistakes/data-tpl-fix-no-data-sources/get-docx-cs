--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bcff5fcda8d4c02" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18fe0a33f73e4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rccfba3795f784604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96e7b1e9a19340df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57dcd97008794aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb039e57fec384830" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd68492364ed24e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cd91e1817144b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd17197374cc644d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3b2cc011b9cc4006" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba61a658b3fd49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb04644067adc452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8fc882d0a9649d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae8bf0fd0e764c12" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>