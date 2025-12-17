--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R96e7b1e9a19340df" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57dcd97008794aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb039e57fec384830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf2180fe04789474b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07700ce17dfd45bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f2b274b2d014ce1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba61a658b3fd49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb04644067adc452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8fc882d0a9649d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae8bf0fd0e764c12" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rff2a9e81ea0e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d71ded1942740ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R965335f395cc4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8de7c6970f1e4809" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>