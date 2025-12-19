--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf2180fe04789474b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07700ce17dfd45bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f2b274b2d014ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R75a896acdefb4d45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4dd41a0fa03b4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9cbf1415619b4794" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rff2a9e81ea0e46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d71ded1942740ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R965335f395cc4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8de7c6970f1e4809" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7b07261f074431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6eeac5a684d44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R13fd94f648ae4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a065a87761244af" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>