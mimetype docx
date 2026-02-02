--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R75a896acdefb4d45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4dd41a0fa03b4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9cbf1415619b4794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R24fc94a62a2e4559" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R42d8ff5ef4b64f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcecc2d446a94889" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7b07261f074431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6eeac5a684d44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R13fd94f648ae4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a065a87761244af" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1adb023a1a0a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Read8f67c333f4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9246e84290c84472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rab34441f5c464706" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>