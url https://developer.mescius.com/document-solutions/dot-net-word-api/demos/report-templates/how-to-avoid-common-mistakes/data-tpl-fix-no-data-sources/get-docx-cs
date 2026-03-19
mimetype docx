--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R24fc94a62a2e4559" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R42d8ff5ef4b64f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcecc2d446a94889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39e9413525f64c82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbdcab54107e94e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R206ce1e1bb154301" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1adb023a1a0a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Read8f67c333f4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9246e84290c84472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rab34441f5c464706" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e7dfd8fc5064fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1023ab47c6d84d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7cf8331df1b24ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R635f3c4258d2404e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>