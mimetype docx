--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R39e9413525f64c82" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbdcab54107e94e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R206ce1e1bb154301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R12ac03f7bd8e4f6b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra402152e52414452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbc8f43de7a7a4441" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "No data sources are provided." occurred because the DataTemplate.Process() method was called before adding the data source. The fix is to add the data sources prior to calling the DataTemplate.Process() method.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e7dfd8fc5064fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1023ab47c6d84d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7cf8331df1b24ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R635f3c4258d2404e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19b9e5a9925444d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re48d3220d5314e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce69f61307794217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R98a6bdebcdbd432d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>