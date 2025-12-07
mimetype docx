--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14eb2008da344a30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re32220ef27ca4fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4732712b92a942b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3fa0fb9c8474173" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra964ea56009b4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c0825793f2f44a4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R31ab79d8a1ab45f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6272df75db24aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7986db7cf8134426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbce16d52dc16472d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R89938a878ea241dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06fe16e47428472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R486e581195b748b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20f0171709324a1b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>