--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb3fa0fb9c8474173" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra964ea56009b4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0c0825793f2f44a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d3e3bab325841a5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c8c8baa4864767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R911ffb7462544bb0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R89938a878ea241dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06fe16e47428472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R486e581195b748b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20f0171709324a1b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reed220f717004c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R68b7b465608d4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re61a00c692544492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9b38b47c5ac4e32" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>