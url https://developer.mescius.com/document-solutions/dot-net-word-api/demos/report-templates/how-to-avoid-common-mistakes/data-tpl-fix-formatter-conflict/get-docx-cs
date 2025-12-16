--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6d3e3bab325841a5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c8c8baa4864767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R911ffb7462544bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ce79c40ac6e4c5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a5b7d04d3714e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf15b208aa7c24727" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reed220f717004c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R68b7b465608d4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re61a00c692544492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9b38b47c5ac4e32" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf9095ed73d0e4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc12314feb36342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6f2d909e6c5d46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd12447fd12df481d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>