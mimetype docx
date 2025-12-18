--- v3 (2025-12-16)
+++ v4 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0ce79c40ac6e4c5f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a5b7d04d3714e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf15b208aa7c24727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8edc531b3c54182" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0984933e51654b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a5a123024e347f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf9095ed73d0e4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc12314feb36342f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6f2d909e6c5d46d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd12447fd12df481d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2829b4a22c2d475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref11acd5ac68401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra7795e52b6f7475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf8fb67e31d84674" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>