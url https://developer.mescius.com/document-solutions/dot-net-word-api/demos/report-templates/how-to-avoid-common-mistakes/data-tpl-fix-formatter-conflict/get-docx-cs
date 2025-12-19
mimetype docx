--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd8edc531b3c54182" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0984933e51654b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3a5a123024e347f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7590408aecd44b75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c188f6213041b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b956008066f4219" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2829b4a22c2d475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref11acd5ac68401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra7795e52b6f7475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf8fb67e31d84674" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R54aac3c34d794f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb7241e216a34b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b3437fda50d4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1e1039662e94703" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>