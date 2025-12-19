--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7590408aecd44b75" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9c188f6213041b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b956008066f4219" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3a05b7f3d6a475d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97852796291848f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3fd542cf66444915" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R54aac3c34d794f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb7241e216a34b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b3437fda50d4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc1e1039662e94703" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d242d43cf09414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re7a0d48e894a425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce32d17805c6467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R067af1269fed4e21" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>