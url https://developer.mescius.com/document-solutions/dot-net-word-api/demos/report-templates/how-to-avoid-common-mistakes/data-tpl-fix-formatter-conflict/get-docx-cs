--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra3a05b7f3d6a475d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97852796291848f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3fd542cf66444915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b2521e661af4220" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree91650fa42f4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4d722674b4b443b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2d242d43cf09414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re7a0d48e894a425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce32d17805c6467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R067af1269fed4e21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R95bb90596bcf4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R72043ef13ab748c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R24c36f7a34094039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb93830aeb064e21" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>