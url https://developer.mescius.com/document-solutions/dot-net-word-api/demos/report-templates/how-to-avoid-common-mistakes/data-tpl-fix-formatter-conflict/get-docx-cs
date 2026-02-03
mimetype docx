--- v7 (2025-12-20)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b2521e661af4220" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ree91650fa42f4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4d722674b4b443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e838dcc62e845c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc09dbf38b31a4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4738a58de8a740b7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R95bb90596bcf4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R72043ef13ab748c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R24c36f7a34094039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb93830aeb064e21" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R998b9b510ee84eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R57ebcde0dc3c4be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R521c482fed0143a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rec531039507b4d5b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>