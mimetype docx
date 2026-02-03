--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e838dcc62e845c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc09dbf38b31a4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4738a58de8a740b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf80f849b7f564810" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9510b77566eb4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re5c06deee76d4fa1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R998b9b510ee84eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R57ebcde0dc3c4be8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R521c482fed0143a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rec531039507b4d5b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44cf155b5e4646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bc42247b2054084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11c8673df15044fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdba5ac52796341e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>