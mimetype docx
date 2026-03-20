--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf80f849b7f564810" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9510b77566eb4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re5c06deee76d4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd264e83cd1374a0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e611d9e79e44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf998a7f81a7f4de3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
-        <w:t>The error "{{#ds.seas}:pbb():rbb()} : Formatter "rbb" conflicts with previously defined formatters." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
+        <w:t>The error "Concurrent operations from multiple threads on this type are not supported." occurred because a pbb (paragraph-block-behavior) and a rbb (run-block-behavior) formatters were both applied to the same range template tag. pbb and rbb are block-modifier formatters, so only one of them can be used on a single range template tag.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Philippine Sea</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -813,51 +813,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44cf155b5e4646ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bc42247b2054084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11c8673df15044fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdba5ac52796341e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cba890af7d8476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra4a9309c756045ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re5a323a34fff4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R00ae4b202d9f48fd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>