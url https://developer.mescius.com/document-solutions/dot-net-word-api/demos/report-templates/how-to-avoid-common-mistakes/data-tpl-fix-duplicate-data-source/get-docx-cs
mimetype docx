--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5e4566a83ee444c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcd9d04b203c46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf614e8a035dd4bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb79b91dd5b434943" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc06025c37a754650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16ebd8c061bf4432" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36d723cccba64523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd9d9c50ad3fd4e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9daa5727d2e44a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R643c4065a9d44743" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213b29bca0a743b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c575d8f6a314b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2678de9725694fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80a627ac9ae94edb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>