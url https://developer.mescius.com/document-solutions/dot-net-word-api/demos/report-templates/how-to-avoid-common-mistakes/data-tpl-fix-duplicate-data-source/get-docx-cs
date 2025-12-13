--- v1 (2025-12-13)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb79b91dd5b434943" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc06025c37a754650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16ebd8c061bf4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb331ec64033f429d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reff7762640944027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0d8e72de22e54c29" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213b29bca0a743b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c575d8f6a314b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2678de9725694fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80a627ac9ae94edb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2fc940a9c4ff4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebeabb7e67364b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4342cde84db74539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c8b0f8170134b85" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>