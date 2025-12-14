--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb331ec64033f429d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reff7762640944027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0d8e72de22e54c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92d6574642ad470b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79176a69e137425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fec0ade0dd545fb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2fc940a9c4ff4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rebeabb7e67364b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4342cde84db74539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c8b0f8170134b85" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf583c1f3ca2941a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea0ce3ec50ea40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b836b65bded4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5f7df8672724cc2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>