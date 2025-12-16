--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92d6574642ad470b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R79176a69e137425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fec0ade0dd545fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R603221e678d64209" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8934ec5edae647f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bff94169b3f4918" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf583c1f3ca2941a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rea0ce3ec50ea40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b836b65bded4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5f7df8672724cc2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R341c2cc176f9441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ea22d9c3bf1489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R319de25d1d13490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5872abe37f141b2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>