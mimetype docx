--- v4 (2025-12-16)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R603221e678d64209" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8934ec5edae647f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6bff94169b3f4918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1cb17697fd9b4e95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb91a5ce50d3540c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d6cf067b5b14f8c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R341c2cc176f9441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1ea22d9c3bf1489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R319de25d1d13490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5872abe37f141b2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R141e07a649344e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref6a2f4a404f41f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fcb5a4b1f7141d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70e69f6a4f52478d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>