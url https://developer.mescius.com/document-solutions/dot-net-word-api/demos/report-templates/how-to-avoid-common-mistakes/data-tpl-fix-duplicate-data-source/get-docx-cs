--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1cb17697fd9b4e95" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb91a5ce50d3540c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d6cf067b5b14f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61bd9d2123234b39" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4c77d89195e9492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b3c3ed931614faa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R141e07a649344e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref6a2f4a404f41f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3fcb5a4b1f7141d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R70e69f6a4f52478d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe66d71a0e594d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8d617edb1b84e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55a3de1bc7244916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc4b74c80958346dd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>