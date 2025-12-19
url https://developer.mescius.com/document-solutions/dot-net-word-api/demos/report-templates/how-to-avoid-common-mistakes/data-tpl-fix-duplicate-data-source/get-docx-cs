--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R61bd9d2123234b39" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4c77d89195e9492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9b3c3ed931614faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5aa43955c4c451f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29ca743b87414300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b83a3df12774043" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbe66d71a0e594d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re8d617edb1b84e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55a3de1bc7244916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc4b74c80958346dd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R012aa817320a4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1ae1103a19f4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6efce08f1ce34f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R805b3b71022445da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>