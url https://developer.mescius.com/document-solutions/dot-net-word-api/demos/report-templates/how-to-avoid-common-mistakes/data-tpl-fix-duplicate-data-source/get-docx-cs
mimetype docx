--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5aa43955c4c451f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R29ca743b87414300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b83a3df12774043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra515bf01705a4f3e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a9c34607f954d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R546f8276f8274083" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R012aa817320a4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1ae1103a19f4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6efce08f1ce34f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R805b3b71022445da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa2ecae68f50459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1dfb7b4dcf5e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdfc30cd38d7040c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad2ee6fd75f2461f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>