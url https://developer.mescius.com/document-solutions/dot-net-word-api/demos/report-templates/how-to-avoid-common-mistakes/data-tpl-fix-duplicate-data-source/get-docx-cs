--- v8 (2026-02-02)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra515bf01705a4f3e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1a9c34607f954d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R546f8276f8274083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02d10e6727e843a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf053bbd309ff4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0dadf201cb8242de" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa2ecae68f50459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1dfb7b4dcf5e4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdfc30cd38d7040c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad2ee6fd75f2461f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c6be88d7c1f4301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff0b82f9cf9641c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R974acd0449014c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91999a5a6f814727" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>