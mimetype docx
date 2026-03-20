--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R02d10e6727e843a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf053bbd309ff4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0dadf201cb8242de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7dc9d48aa8c04639" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfd74a5d50b16494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra81a23c8e8ab41d5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "A data source with the name "ds" already exists." occurred because the code tried to add two data sources with the same name. The fix is to use a unique name for each data source added to the GcWordDocument.DataTemplate.DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
@@ -588,51 +588,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2c6be88d7c1f4301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff0b82f9cf9641c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R974acd0449014c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R91999a5a6f814727" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf1e605e5764349a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1507eb091134fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9a0a302d025b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R240e317e750241dd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>