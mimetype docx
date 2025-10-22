--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbd690f5a6a5d4fc1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd07cb4d0daac43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R424e1b5fe4e444d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c356729b61446cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2eda1c3530d24972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf1edfd118e545d7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5e788f400b34259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8c87f90a4bc4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4b811161544d432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34846367e7474511" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3de0fe8733d42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33a89274d8804f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc7cdfb934c84db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R08c18e4177a44c8d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>