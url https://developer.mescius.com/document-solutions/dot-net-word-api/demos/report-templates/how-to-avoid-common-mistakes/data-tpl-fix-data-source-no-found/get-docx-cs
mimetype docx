--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c356729b61446cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2eda1c3530d24972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf1edfd118e545d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b2f40035d714f41" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R169b846127514226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R110c52cd99584242" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3de0fe8733d42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33a89274d8804f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc7cdfb934c84db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R08c18e4177a44c8d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R981f316e6dea42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd490815a2ea2409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5e222ccf3af493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a3e0f5cfb784a3f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>