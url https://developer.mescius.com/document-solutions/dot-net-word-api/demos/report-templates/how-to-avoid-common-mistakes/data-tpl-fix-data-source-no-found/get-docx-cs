--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b2f40035d714f41" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R169b846127514226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R110c52cd99584242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbfcda6bb7c754e9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R911cd5f74050400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3ec36d389a2d4d64" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R981f316e6dea42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd490815a2ea2409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5e222ccf3af493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a3e0f5cfb784a3f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1df29faf660a4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf96dfef2b03b4af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbcd0b70695647d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb39d34ecd96744c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>