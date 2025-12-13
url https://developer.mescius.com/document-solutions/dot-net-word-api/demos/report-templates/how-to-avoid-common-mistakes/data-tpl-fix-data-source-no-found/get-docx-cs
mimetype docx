--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbfcda6bb7c754e9d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R911cd5f74050400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3ec36d389a2d4d64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9a2c411f58143be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc32ac4843b9247c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1353e6f2ddf4417" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1df29faf660a4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf96dfef2b03b4af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcbcd0b70695647d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb39d34ecd96744c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213e122cba9a4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75d49fda3b184f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R642989816d8b4279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc4942e44a674477" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>