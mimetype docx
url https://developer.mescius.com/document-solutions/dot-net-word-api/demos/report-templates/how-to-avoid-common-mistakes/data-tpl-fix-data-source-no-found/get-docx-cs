--- v4 (2025-12-13)
+++ v5 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9a2c411f58143be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc32ac4843b9247c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc1353e6f2ddf4417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce92da973a764b01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R17cd1ac536d2424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7539d4f1f4ba4074" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R213e122cba9a4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R75d49fda3b184f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R642989816d8b4279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc4942e44a674477" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R62e45d11b6ca4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7cfc20ae6f1a4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R212e4f52d670414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbd39b929c344ba0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>