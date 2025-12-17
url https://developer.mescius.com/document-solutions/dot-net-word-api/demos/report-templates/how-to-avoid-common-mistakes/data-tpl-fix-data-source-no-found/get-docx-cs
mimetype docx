--- v5 (2025-12-14)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rce92da973a764b01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R17cd1ac536d2424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7539d4f1f4ba4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcad861b7eec4987" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b502651110f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb171d91313a94b31" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R62e45d11b6ca4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7cfc20ae6f1a4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R212e4f52d670414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcbd39b929c344ba0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76223cd590504160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70c4c90ce21b409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd70ed23dc44b466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0f47432fee1946e6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>