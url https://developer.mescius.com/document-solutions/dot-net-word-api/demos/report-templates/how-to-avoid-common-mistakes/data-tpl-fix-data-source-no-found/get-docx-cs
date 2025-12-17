--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcad861b7eec4987" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5b502651110f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb171d91313a94b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09f5073adbee42c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd64297e8a594b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6fbbd7b3ab964ddc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76223cd590504160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R70c4c90ce21b409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd70ed23dc44b466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0f47432fee1946e6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7574f455dca04fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2533fdce03d4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6823a93042e74411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re211acb43f3343a5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>