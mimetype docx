--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09f5073adbee42c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd64297e8a594b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6fbbd7b3ab964ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c62d551f8be419f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra6ff70ff3f9c4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a074b344ba841f8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7574f455dca04fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2533fdce03d4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6823a93042e74411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re211acb43f3343a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4bb8a6f6b9b45eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R251031d7504e4aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R211c143ed09d4461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd00fd439aca8463b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>