--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8c62d551f8be419f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra6ff70ff3f9c4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a074b344ba841f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R774c5fee7a174dd3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf34759dfa82b4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6be676b5b924a9a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4bb8a6f6b9b45eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R251031d7504e4aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R211c143ed09d4461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd00fd439aca8463b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb914a84838284bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R67a875b9a0804fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92d01ed70fca4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R03475c28957b4936" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>