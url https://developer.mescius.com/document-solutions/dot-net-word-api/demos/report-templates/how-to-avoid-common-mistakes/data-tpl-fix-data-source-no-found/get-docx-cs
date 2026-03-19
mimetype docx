--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R774c5fee7a174dd3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf34759dfa82b4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re6be676b5b924a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc79bdb2e48b941b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R44a0540f21474af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re08b3d80517745c7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb914a84838284bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R67a875b9a0804fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92d01ed70fca4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R03475c28957b4936" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R646c88ff5cb4407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re73cc159a7674509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R055135eb79aa47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R17ba86a24e9b45c0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>