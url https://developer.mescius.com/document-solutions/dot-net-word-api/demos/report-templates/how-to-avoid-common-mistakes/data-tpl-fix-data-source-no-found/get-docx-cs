--- v10 (2026-03-19)
+++ v11 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc79bdb2e48b941b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R44a0540f21474af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re08b3d80517745c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd483cc4766104b8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07e27223d63643de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc09b3529648b43ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{#ds1}} : Cannot find data source named "ds1"." occurred because in the template a non-existing data source name was used. The fix is to ensure that data source names used in the template match names of data sources added to the DataSources collection.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R646c88ff5cb4407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re73cc159a7674509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R055135eb79aa47d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R17ba86a24e9b45c0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R722e369d3d344df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf7ea3541ff9a43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd678d4ac681a44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd1112981e064443e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>