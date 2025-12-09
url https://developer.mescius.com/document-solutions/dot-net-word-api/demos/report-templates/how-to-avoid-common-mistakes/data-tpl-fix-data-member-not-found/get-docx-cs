--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcc9206a1363470b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R66e2f38ae3a246c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R53b1a063e7f14206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97b5268e1dd1491a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a28c4f003744cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R24d4951877024cf4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0440860485084b32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc5fd1eceb3ec4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd0e10d39ad1b4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc236986ce9c42f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4abaa3c7df4b4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa9c7254f1df4200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041604df24834767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbbb25c177c6f4995" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>