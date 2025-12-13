--- v1 (2025-12-09)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97b5268e1dd1491a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a28c4f003744cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R24d4951877024cf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6c42e837a51747ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R419acb09fb9d4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9753c65ed629490d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4abaa3c7df4b4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa9c7254f1df4200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041604df24834767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbbb25c177c6f4995" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f5b28dad32c49f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf8d1ea23199a49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6309455d8eca43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8775a4c409e46b3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>