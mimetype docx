--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6c42e837a51747ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R419acb09fb9d4d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9753c65ed629490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc60c33897f0849fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref1e9e7b45734056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9692f6bca2c74f33" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f5b28dad32c49f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf8d1ea23199a49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6309455d8eca43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8775a4c409e46b3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d97f02084f043d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24ccab8e5851488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67ca47b24ef34fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R62ce76e12c4d433d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>