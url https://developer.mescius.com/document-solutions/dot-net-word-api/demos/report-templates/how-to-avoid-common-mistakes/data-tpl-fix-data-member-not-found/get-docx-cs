--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc60c33897f0849fb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref1e9e7b45734056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9692f6bca2c74f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R287dee3b4fc846b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dfe30eadf214642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6307718067da43b6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8d97f02084f043d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24ccab8e5851488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R67ca47b24ef34fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R62ce76e12c4d433d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbaa57874ef38452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2abe11cf33aa4275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cd4d447b5f0400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R080ca31d211c4676" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>