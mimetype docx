--- v4 (2025-12-17)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R287dee3b4fc846b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5dfe30eadf214642" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6307718067da43b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e25119a7aba437c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R86e1e6a17a5c4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc7186178fde844b9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbaa57874ef38452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2abe11cf33aa4275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cd4d447b5f0400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R080ca31d211c4676" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree6d0ea83b944bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1df4466c4b84c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9462cb1e5ba24954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda0af5e63afd45c6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>