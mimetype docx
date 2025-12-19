--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e25119a7aba437c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R86e1e6a17a5c4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc7186178fde844b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb612147b45e4e17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd82970bbb84b42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4117195352574fe4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree6d0ea83b944bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1df4466c4b84c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9462cb1e5ba24954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda0af5e63afd45c6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3a346cb568a41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R78ce0f3daba54706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93ced1b626a041fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd94cd6d6390f4aa1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>