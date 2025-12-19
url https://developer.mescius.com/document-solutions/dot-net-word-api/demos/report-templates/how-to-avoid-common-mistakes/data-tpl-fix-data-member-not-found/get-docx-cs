--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb612147b45e4e17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd82970bbb84b42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4117195352574fe4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82d8b9191a334af0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0826245f01e141a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0527a0babbc343d1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3a346cb568a41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R78ce0f3daba54706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93ced1b626a041fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd94cd6d6390f4aa1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R915367ebc1894bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re487b2ffc0f54531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R75ec35dc1da84810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd57b65b2dd9c4832" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>