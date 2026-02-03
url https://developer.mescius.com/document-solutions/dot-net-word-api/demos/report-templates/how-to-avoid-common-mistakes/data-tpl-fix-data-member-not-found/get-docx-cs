--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82d8b9191a334af0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0826245f01e141a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0527a0babbc343d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e41333bfce9488b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reaa3d1b9f6034bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a38ab7bf10449a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R915367ebc1894bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re487b2ffc0f54531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R75ec35dc1da84810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd57b65b2dd9c4832" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1a065eade7d46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9475852baae84851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65bcd16612a84c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff54a7b9c18544e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>