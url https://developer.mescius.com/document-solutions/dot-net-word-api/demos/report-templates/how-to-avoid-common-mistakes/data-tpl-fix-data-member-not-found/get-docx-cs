--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8e41333bfce9488b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reaa3d1b9f6034bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9a38ab7bf10449a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R513b45997f5946d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6b8bf436fab541b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R209164a697884155" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. The fix is to ensure that data member names used in the template match names of data members in the data source.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1a065eade7d46f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9475852baae84851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65bcd16612a84c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rff54a7b9c18544e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R242b216cdb214a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R45add22f685a4602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R78fb6d9016b4452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R23210131d1be497f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>