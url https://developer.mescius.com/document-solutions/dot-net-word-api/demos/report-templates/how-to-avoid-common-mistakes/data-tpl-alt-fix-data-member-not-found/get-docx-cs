--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref98dc8aa5d84912" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R609cf9322ff34bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77b78d1e514447d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra08e2d86f9804a86" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7d4f51c47eb4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdbe711436f6e4e58" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc48caeb2cc9542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15803c94bc5a4bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93a4d4a4565049fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd9d9d9b6925242f5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03a1b6a136964cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R94ba6eeba07f440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb57af068635a4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94b6ad79d6624c69" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>