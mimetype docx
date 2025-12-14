--- v1 (2025-12-09)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra08e2d86f9804a86" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7d4f51c47eb4296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdbe711436f6e4e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R20c36acd027040c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8698ed37dfd84c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7624ef657f7c42f3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03a1b6a136964cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R94ba6eeba07f440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb57af068635a4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R94b6ad79d6624c69" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R42070197ce6645e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3057f8d71ae24e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f106e3fab6c4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9594a06078564392" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>