--- v2 (2025-12-14)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R20c36acd027040c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8698ed37dfd84c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7624ef657f7c42f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78b445b883ee49f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raed67ed048144db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb2fae97c7b5428d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R42070197ce6645e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3057f8d71ae24e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f106e3fab6c4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9594a06078564392" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd79180dc610549ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R720a3e84ec1a4322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2455b6bd2a1f482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47ff57424859439a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>