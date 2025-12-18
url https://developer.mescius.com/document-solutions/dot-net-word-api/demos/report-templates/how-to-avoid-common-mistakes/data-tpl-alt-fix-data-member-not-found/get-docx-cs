--- v3 (2025-12-15)
+++ v4 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R78b445b883ee49f9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raed67ed048144db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbb2fae97c7b5428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R017738c0f2bc4a36" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0275ebabcb564741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0f98c7ee36ca4fad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd79180dc610549ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R720a3e84ec1a4322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2455b6bd2a1f482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R47ff57424859439a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf9107817bc114e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde9c979b6cd44a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5bdd431f7b6d41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95182325fc844b70" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>