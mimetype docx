--- v4 (2025-12-18)
+++ v5 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R017738c0f2bc4a36" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0275ebabcb564741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0f98c7ee36ca4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re50360e84b674b81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5cf4b35c8afd48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R489f710778874d84" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf9107817bc114e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde9c979b6cd44a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5bdd431f7b6d41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95182325fc844b70" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cba357f981a4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c3e025ecbf543b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R09feda4571ea4b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d23ad038d574fc0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>