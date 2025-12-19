--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re50360e84b674b81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5cf4b35c8afd48d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R489f710778874d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb308340eecb4e35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbb79b42547674113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R976decd32de34a7a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cba357f981a4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1c3e025ecbf543b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R09feda4571ea4b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d23ad038d574fc0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R06360387b8984ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc378b35413b4856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7e057435868640b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf4f723cb03b34974" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>