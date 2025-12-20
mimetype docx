--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbb308340eecb4e35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbb79b42547674113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R976decd32de34a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8e03a404d044727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R37691abc04aa47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R026f5ba279854e8e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R06360387b8984ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfc378b35413b4856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7e057435868640b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf4f723cb03b34974" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3e853fe87c34d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5e6bc22d2844f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4009f8a2d094808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R775e050849c2466e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>