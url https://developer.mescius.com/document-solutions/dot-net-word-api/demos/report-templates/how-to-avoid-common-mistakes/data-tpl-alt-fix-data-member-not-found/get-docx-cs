--- v7 (2025-12-20)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8e03a404d044727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R37691abc04aa47da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R026f5ba279854e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R955360e975724e8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92fb24134dca441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec2da8ae9594788" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3e853fe87c34d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5e6bc22d2844f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4009f8a2d094808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R775e050849c2466e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R900eecc528b04155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf01c43b7748a410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R150dc346404a4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe47eb5c9c5649d9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>