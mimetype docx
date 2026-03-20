--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R955360e975724e8c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R92fb24134dca441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec2da8ae9594788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdd7a1c4eaab74383" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad7eb84eee504a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R42647624a4be4bb0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R900eecc528b04155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf01c43b7748a410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R150dc346404a4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe47eb5c9c5649d9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd5851e8000ac4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R80ac824ec64640e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfdbf60b5be6242f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6c74c1f1bb64daf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>