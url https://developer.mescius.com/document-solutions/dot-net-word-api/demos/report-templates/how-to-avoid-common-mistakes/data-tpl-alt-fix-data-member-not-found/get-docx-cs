--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdd7a1c4eaab74383" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad7eb84eee504a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R42647624a4be4bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa41aedfc4c64aaf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfe174dfa56a94455" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ff6f7c009bb4098" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
         <w:t>The error "{{ds.wrong_name}} : Could not find data member "ds.wrong_name"." occurred because in the template a non-existing path to a data member was used. To avoid exceptions in such cases, DataTemplate.Options.MissingFieldsHandling property can be set to DataTemplateMissingFieldsHandling.Relaxed. This will cause the template engine to ignore missing fields without throwing exceptions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
@@ -613,51 +613,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd5851e8000ac4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R80ac824ec64640e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfdbf60b5be6242f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6c74c1f1bb64daf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6038ef8113f54aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8284dc1e2be419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5878bfe30cdd4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R205c4293949c4184" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>