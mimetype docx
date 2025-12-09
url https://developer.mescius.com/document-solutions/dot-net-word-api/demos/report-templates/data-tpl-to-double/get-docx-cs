--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6408d1b46dce4e77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7240c3f8a7154621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16d56b22394340a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf4cbde55e36407a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1315414dcb054422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra28aebe5ecbf4b3e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbc0840f972bc4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7ea6f6e76b9442a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6aca9cb416414e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5e26989602d04bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd5d1747898d4f44" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2b7028f2d404d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60e9d916a9894aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcee57208b4394f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb19885b0bb8e4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14a2afbf51284cc0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>