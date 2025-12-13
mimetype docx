--- v1 (2025-12-09)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdf4cbde55e36407a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1315414dcb054422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra28aebe5ecbf4b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde21aa836d5c404d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b46122fffb42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R828473cae94c49f4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2b7028f2d404d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R60e9d916a9894aec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcee57208b4394f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb19885b0bb8e4c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14a2afbf51284cc0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19c4f1ee4acd400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R174c4de236b64d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d84abd3fef247f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R38024aa0cf544a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8327f8ac3d0b481d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>