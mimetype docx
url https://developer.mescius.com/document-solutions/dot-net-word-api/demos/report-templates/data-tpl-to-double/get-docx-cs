--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde21aa836d5c404d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b46122fffb42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R828473cae94c49f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc6097e0ed7924ae7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bc7a42176ab4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd481185762f84342" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R19c4f1ee4acd400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R174c4de236b64d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d84abd3fef247f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R38024aa0cf544a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8327f8ac3d0b481d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7b305039ad7f4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24a5e2a6b230486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a89b30cf7514070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re55481070fde417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd7909747c0942da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>