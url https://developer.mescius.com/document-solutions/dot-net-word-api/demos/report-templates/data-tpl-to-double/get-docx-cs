--- v3 (2025-12-14)
+++ v4 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc6097e0ed7924ae7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bc7a42176ab4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd481185762f84342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf58db3529b2a49e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref0b8424efa145b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6325ca9c24e94aa3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7b305039ad7f4e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24a5e2a6b230486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a89b30cf7514070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re55481070fde417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd7909747c0942da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R414bda1c164a4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd54084061ad44384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97444216359349d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb62c73c8277546b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfca41936f642421b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>