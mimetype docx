--- v4 (2025-12-18)
+++ v5 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf58db3529b2a49e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref0b8424efa145b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6325ca9c24e94aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99dadfdeb9774070" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a0b612600874489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R027f0728aa704db4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R414bda1c164a4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd54084061ad44384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R97444216359349d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb62c73c8277546b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfca41936f642421b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a51c6c49f8d40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9afbe3c76ef2400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2fefa79c551140a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb000e3eac4584166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01e085cd9e2047ea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>