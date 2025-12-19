--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R99dadfdeb9774070" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4a0b612600874489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R027f0728aa704db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8388d110633b4c83" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc3fe7ebe91a14565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfca436fe2f2341a6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a51c6c49f8d40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9afbe3c76ef2400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2fefa79c551140a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb000e3eac4584166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01e085cd9e2047ea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9daca23bd1a24d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56f02c74a564410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re10df5a435844942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41492cdab5fd429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R096e7df9aa4d4f7f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>