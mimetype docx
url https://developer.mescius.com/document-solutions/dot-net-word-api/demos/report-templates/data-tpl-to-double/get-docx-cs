--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8388d110633b4c83" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc3fe7ebe91a14565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfca436fe2f2341a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc25242ba8c89460d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R429906a987d24aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97a0363812fb4f4d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9daca23bd1a24d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R56f02c74a564410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re10df5a435844942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41492cdab5fd429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R096e7df9aa4d4f7f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R001408a11eed43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3109a9e2ac84991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d95d5e8bc2947f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rac820920e0884651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf47a7f35a3f84d3e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>