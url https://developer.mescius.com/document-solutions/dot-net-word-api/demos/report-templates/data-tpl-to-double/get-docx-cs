--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc25242ba8c89460d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R429906a987d24aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97a0363812fb4f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0813705b3d814fdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R396f08d37ea94d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f33c2462e9e41c8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R001408a11eed43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re3109a9e2ac84991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d95d5e8bc2947f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rac820920e0884651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf47a7f35a3f84d3e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad82134d45664647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4b1286c9b35d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9df28ebc6b4a40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R248ce309123143e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e149f27848d4e0b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>