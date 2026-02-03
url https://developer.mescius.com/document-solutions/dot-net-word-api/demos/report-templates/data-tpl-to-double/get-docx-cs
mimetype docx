--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0813705b3d814fdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R396f08d37ea94d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f33c2462e9e41c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36326c8d65c64a9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R640a46c709e14e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97c9f53a0ea34a4b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rad82134d45664647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4b1286c9b35d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9df28ebc6b4a40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R248ce309123143e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e149f27848d4e0b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree3f666c531e43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01f281d076924e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2de034ab312a4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R12059876c8c443d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39756401d07141be" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>