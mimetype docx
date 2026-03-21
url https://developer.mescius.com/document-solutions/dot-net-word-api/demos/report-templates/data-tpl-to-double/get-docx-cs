--- v9 (2026-02-03)
+++ v10 (2026-03-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R36326c8d65c64a9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R640a46c709e14e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R97c9f53a0ea34a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4363ed87bde04b40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2a7107794f2d4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf40974a164b94681" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree3f666c531e43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R01f281d076924e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2de034ab312a4f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R12059876c8c443d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39756401d07141be" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra6fb80eb8a944142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5dcf846e6eb746ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27ffcc1b980c4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb49d674cde3a4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5eae8791569d4d47" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>