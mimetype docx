--- v10 (2026-03-21)
+++ v11 (2026-03-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4363ed87bde04b40" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2a7107794f2d4d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf40974a164b94681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7ac80e32b9f4662" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8f7e3fe4dab341fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ref64870ade0d48e9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1153,51 +1153,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra6fb80eb8a944142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5dcf846e6eb746ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27ffcc1b980c4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb49d674cde3a4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5eae8791569d4d47" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51ae364b46a446fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1e7843c823c642f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2e9d6240c994301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7838a34b9ab6426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a6f736c1aa14517" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>