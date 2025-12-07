--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra549954e69494548" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R00bbdb23894544ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4cbef4409a94690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R160f9ad490414222" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R31dbae6f16934a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reed601c41f6a4d7e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7b3b2049f4dc4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd38d3b1c330645bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0dedbda72ab94d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8806d9f402f742cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R205a445237de4754" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red5414df06aa4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ee6c0a89b9747fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R36343b51634c47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5d134a469cbc4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7720d80703341ef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>