--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R160f9ad490414222" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R31dbae6f16934a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reed601c41f6a4d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82f56ea76d6149ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfef481838c204201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R867e6f301a09427f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Red5414df06aa4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ee6c0a89b9747fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R36343b51634c47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5d134a469cbc4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd7720d80703341ef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R751cbcfe3ace493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97b2714fc8f44cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R53e2910e878e4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb8987063d3dc4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59956b40fb304630" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>