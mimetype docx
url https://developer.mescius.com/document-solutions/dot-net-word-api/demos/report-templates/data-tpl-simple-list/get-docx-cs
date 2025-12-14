--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82f56ea76d6149ad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfef481838c204201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R867e6f301a09427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32315298d4234b3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdb3d4f995f24420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re395a04dfac54106" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R751cbcfe3ace493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R97b2714fc8f44cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R53e2910e878e4649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb8987063d3dc4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R59956b40fb304630" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5014941843574d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb5cf79026ff4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af4b5ee2b074131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb3920779984e4f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b92c34f87884510" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>