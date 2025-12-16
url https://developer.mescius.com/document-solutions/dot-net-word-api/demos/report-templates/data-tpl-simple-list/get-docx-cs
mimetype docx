--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32315298d4234b3c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdb3d4f995f24420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re395a04dfac54106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc731164467654ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f4c6235aeef4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb28748586801490f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5014941843574d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcb5cf79026ff4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6af4b5ee2b074131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb3920779984e4f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6b92c34f87884510" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf68b8123560a436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66cd01d40f8340d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R02a9d0c0d4de40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd22f03f5ae0a4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf44449a5349146be" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>