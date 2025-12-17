--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc731164467654ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5f4c6235aeef4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb28748586801490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fe6203fd5834fb7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8761128c7d944b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re08654a6e51e4485" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf68b8123560a436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R66cd01d40f8340d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R02a9d0c0d4de40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd22f03f5ae0a4ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf44449a5349146be" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15b8897a606447c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R762a410095eb4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcb117f14d9f7476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2066aba2f7c243c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9adf1552bce8414b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>