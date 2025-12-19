--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7fe6203fd5834fb7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8761128c7d944b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re08654a6e51e4485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e4f580c72c94a48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R831abaaa44ea4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd1b194b1002e4fc0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15b8897a606447c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R762a410095eb4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcb117f14d9f7476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2066aba2f7c243c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9adf1552bce8414b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43e9be7ec6bc49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e2e8cacb9004f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9170169cda01486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5e08b814ffec4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdedd5448b0634e71" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>