--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e4f580c72c94a48" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R831abaaa44ea4cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd1b194b1002e4fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd44adaf205764d81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55874655e02c485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16c7a1ed03eb4e1d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43e9be7ec6bc49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e2e8cacb9004f91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9170169cda01486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5e08b814ffec4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdedd5448b0634e71" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e5ec22cb3bd4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9b4ce4f799bf456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cd3aa7304164c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R53c3e84c33ab4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra057689cb2aa4374" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>