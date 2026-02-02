--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd44adaf205764d81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R55874655e02c485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R16c7a1ed03eb4e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfaead18b18f2482c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9579f9ad37544c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd501d612b9ca4fbe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9e5ec22cb3bd4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9b4ce4f799bf456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4cd3aa7304164c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R53c3e84c33ab4475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra057689cb2aa4374" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2500b535f7094990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e861b7e67d14242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc06b2404e794956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R77e176a14d2646a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e3709f87ebd441e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>