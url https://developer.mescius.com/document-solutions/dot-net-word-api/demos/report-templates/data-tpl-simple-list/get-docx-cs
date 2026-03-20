--- v8 (2026-02-02)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfaead18b18f2482c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9579f9ad37544c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd501d612b9ca4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5f3158f0e9f24ad4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0b49561c99a54074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R42af31e6e5364eaa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2500b535f7094990" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e861b7e67d14242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc06b2404e794956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R77e176a14d2646a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e3709f87ebd441e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4ab80955b0f47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2ed60e3d7af4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48ae7eb62f574691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R03e64574fc8c4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2372ff2059634ca9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>