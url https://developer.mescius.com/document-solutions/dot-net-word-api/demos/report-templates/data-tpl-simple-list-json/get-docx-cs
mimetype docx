--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raa2146d4ef5c4c60" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2c385f0aeb0d496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4e24f55c16d946f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raac4b5b25c3f4dad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bdcc6b51bc440c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R146e39be886e497c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b5eb3be45824768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9316a051c24c4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbfcd90c4750e4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcb469d225b794991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2d5963af1d914550" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re46666c4601341c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7715a33c65a34e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf957fa25ed7a4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Reccb45a7467d43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2592ea24703a44f5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>