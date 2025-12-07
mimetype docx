--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raac4b5b25c3f4dad" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bdcc6b51bc440c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R146e39be886e497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re194348103d34cf0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd952e5fc881b413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb51e2c2b49c84de5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re46666c4601341c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7715a33c65a34e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf957fa25ed7a4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Reccb45a7467d43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2592ea24703a44f5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R66db1c360dab4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6af1187cd105424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf06a501671e54b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6b6ecb0a98454bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra12e32aca4fd4d06" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>