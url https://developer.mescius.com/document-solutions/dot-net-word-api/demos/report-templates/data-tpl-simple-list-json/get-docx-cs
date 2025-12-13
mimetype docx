--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re194348103d34cf0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd952e5fc881b413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb51e2c2b49c84de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1eccb4e650914f17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb18d53b9c9e1412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd963e285918e4121" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R66db1c360dab4523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6af1187cd105424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf06a501671e54b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6b6ecb0a98454bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra12e32aca4fd4d06" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfbac7211bd3649dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R723c8f44f79241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0037756339d247ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf4e81705c2bb4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99b53146fbb141ec" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>