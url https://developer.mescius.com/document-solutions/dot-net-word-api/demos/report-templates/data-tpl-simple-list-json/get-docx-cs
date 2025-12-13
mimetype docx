--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1eccb4e650914f17" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb18d53b9c9e1412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd963e285918e4121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R913b4ac87b7f4ce4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R510992fd757949bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1bb157c99e148a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfbac7211bd3649dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R723c8f44f79241fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0037756339d247ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf4e81705c2bb4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R99b53146fbb141ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1ac536cab584878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R04765b3424a3411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb676670f481940a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20541352dc524075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54b787ecd1364cde" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>