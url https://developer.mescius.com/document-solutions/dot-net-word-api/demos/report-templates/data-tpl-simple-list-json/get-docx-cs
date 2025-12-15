--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R913b4ac87b7f4ce4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R510992fd757949bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1bb157c99e148a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R86bac2452c374c03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa3c924098564185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1bb6c174e1414e45" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1ac536cab584878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R04765b3424a3411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb676670f481940a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20541352dc524075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R54b787ecd1364cde" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6797e77f15d541e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8c2cd612779945b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb2b904a6438b491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59313c90c8064eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R048ea5edca114ed1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>