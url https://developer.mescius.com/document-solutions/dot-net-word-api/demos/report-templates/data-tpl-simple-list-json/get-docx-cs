--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R86bac2452c374c03" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa3c924098564185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1bb6c174e1414e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25e240040bb64aa0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6ff8d5c3e9b431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f9047412c854355" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6797e77f15d541e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8c2cd612779945b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb2b904a6438b491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59313c90c8064eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R048ea5edca114ed1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4564a72453154a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd6d49b38fd994746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06e4794950af4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7b5abe3fd75d4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra32ada724986471d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>