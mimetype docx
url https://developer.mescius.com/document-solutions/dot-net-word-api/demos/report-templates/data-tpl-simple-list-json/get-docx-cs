--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25e240040bb64aa0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6ff8d5c3e9b431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9f9047412c854355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c155a865305467a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R691197954b124e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aebdc20b7254352" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4564a72453154a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd6d49b38fd994746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06e4794950af4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7b5abe3fd75d4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra32ada724986471d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra1ae5fc0bb124d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e55596189514846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf2ac73bbb6744950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdeb1f874c7c144bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52c59502c65d4aa3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>