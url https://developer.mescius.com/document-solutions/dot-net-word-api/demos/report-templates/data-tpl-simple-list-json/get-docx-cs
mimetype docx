--- v7 (2025-12-17)
+++ v8 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7c155a865305467a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R691197954b124e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aebdc20b7254352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb778cddd1ff4804" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re64c017a0ac94149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc645980e17ec4cc0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra1ae5fc0bb124d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e55596189514846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf2ac73bbb6744950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdeb1f874c7c144bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R52c59502c65d4aa3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f48a88d041b43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84dbc3095bfc4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc2aac0e5dc564e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3e25439784994abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5bed21f094a44d76" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>