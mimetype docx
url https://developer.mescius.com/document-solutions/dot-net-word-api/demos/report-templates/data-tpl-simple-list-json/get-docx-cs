--- v8 (2025-12-18)
+++ v9 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfb778cddd1ff4804" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re64c017a0ac94149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc645980e17ec4cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6baa0e49a9644097" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R222e05899343428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf02230c99684a1f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f48a88d041b43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84dbc3095bfc4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc2aac0e5dc564e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3e25439784994abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5bed21f094a44d76" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R988f06f3a61f4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reab8cb07882d4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5e324df91b0422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R215ee7dc4dc5480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R065d0e17908e4e0e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>