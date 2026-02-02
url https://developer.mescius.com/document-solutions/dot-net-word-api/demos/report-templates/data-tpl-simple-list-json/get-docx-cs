--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6baa0e49a9644097" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R222e05899343428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf02230c99684a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ec2f1d79f2d4440" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R171ac50ffff04cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc230d27757984f7e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R988f06f3a61f4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reab8cb07882d4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5e324df91b0422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R215ee7dc4dc5480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R065d0e17908e4e0e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58e2b29f27264cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1beec43baf94467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4febf95aadd456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7da2ea179b7047d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R296bb3ea8d68477a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>