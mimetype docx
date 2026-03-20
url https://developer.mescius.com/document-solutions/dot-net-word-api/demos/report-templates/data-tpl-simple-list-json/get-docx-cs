--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ec2f1d79f2d4440" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R171ac50ffff04cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc230d27757984f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra703386d1bca4d26" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R418935d204084189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7769265ac304ab8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R58e2b29f27264cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1beec43baf94467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra4febf95aadd456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7da2ea179b7047d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R296bb3ea8d68477a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R269742678c844a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17226df59cfe4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdea7dd4cf94a41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdfed669047d541b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde7784f8bc6c42d4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>