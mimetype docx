--- v11 (2026-03-20)
+++ v12 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra703386d1bca4d26" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R418935d204084189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7769265ac304ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcc957e17574f4dbe" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R622ee827836d4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9e4e7935837410b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>AUSTRALASIAN MEDITERRANEAN SEA</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
@@ -990,51 +990,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R269742678c844a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17226df59cfe4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdea7dd4cf94a41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdfed669047d541b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde7784f8bc6c42d4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R77fe2cba0f1d4f9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R318f73325e884db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R00aa9dc2e8e94538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9c42d88e59ee4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd94fc5b686924f4f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>