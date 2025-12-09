--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc3a0cc6fa1934e0e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc0ab313385d84f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rffce9700d8e2420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d1b0f40ec4a491a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e0a2fe7ea534571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R38661f8fa10f4329" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc29b408b5bd14483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b3b66671db94929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16f26a9cea2d4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66b9add34b604f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3996aebb33184d7f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf753cd09b964663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2bf2c74c84854f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a3284b8fd134fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8011e8ac4b2409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d91b4314887462a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>