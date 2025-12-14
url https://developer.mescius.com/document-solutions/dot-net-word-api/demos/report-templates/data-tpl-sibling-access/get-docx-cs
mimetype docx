--- v1 (2025-12-09)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d1b0f40ec4a491a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e0a2fe7ea534571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R38661f8fa10f4329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re57a51c92a6a421f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd32579c961f04dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0b1366fd9fb471c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdf753cd09b964663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2bf2c74c84854f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a3284b8fd134fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8011e8ac4b2409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d91b4314887462a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cfd0a5b780145eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R79da21768cb247eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b97dcccfcb94cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R108382d36f4b4c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3d0f98301f14b26" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>