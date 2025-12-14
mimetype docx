--- v2 (2025-12-14)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re57a51c92a6a421f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd32579c961f04dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0b1366fd9fb471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1b86c1c90224a6c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72655049499e4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3fa85c7e739e4aaf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9cfd0a5b780145eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R79da21768cb247eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b97dcccfcb94cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R108382d36f4b4c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3d0f98301f14b26" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R61b52e11cdda45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R64298bbf91094b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b3b810ce9af40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rba2eb20510dc413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R19887c15216f4e5d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>