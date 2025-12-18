--- v3 (2025-12-14)
+++ v4 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1b86c1c90224a6c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R72655049499e4f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3fa85c7e739e4aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R89fca91af88f4338" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94840ce4f5e542ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b540857c0364e18" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R61b52e11cdda45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R64298bbf91094b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b3b810ce9af40ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rba2eb20510dc413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R19887c15216f4e5d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf83717557dcf47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4a4c520287594308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra63c17d1b01046a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R02c9a04bf6514287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R41192b0c19ad4043" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>