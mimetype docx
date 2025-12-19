--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R89fca91af88f4338" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R94840ce4f5e542ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7b540857c0364e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb10e2bd64d14727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re1602a1fa38241df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b8f08ea71364178" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf83717557dcf47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4a4c520287594308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra63c17d1b01046a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R02c9a04bf6514287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R41192b0c19ad4043" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra12998e606e54cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R09ab409475ed4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8da5042a4eb543ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R17f412e491d8454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5b28da636e3b4c2f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>