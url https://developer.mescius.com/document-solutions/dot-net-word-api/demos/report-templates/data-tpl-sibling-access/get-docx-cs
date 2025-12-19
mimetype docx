--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb10e2bd64d14727" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re1602a1fa38241df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b8f08ea71364178" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fef6a4e640644a0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R225f04aafd634a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5eccf62a22fa44dd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra12998e606e54cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R09ab409475ed4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8da5042a4eb543ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R17f412e491d8454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5b28da636e3b4c2f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re7ffe0b8047d491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06536ef7e6664fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0adef0f711cd4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R38099585ec1546a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R290726c0a03045c8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>