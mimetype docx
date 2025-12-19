--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8fef6a4e640644a0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R225f04aafd634a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5eccf62a22fa44dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb223b9b88f34e2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2b8145a48444d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4caf68baffb440d9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re7ffe0b8047d491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R06536ef7e6664fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0adef0f711cd4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R38099585ec1546a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R290726c0a03045c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb2c69453a7d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R830f8733ec3e4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3260ce83a1194f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra52d04f9316240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R063fddb181294a7d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>