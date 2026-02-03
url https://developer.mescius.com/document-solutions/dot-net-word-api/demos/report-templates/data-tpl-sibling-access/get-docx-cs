--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdb223b9b88f34e2f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf2b8145a48444d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4caf68baffb440d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d7e85805bec4806" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63d0984d0b264f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf70be33595974769" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb2c69453a7d4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R830f8733ec3e4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3260ce83a1194f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra52d04f9316240e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R063fddb181294a7d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0816957a73b8422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb407097fd2d24424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac6590ce463149e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R19e2183de846447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb1b506b841a942d0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>