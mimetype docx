--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9d7e85805bec4806" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63d0984d0b264f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf70be33595974769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf02b8f889ec433b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8297b82939614fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9fe285a5fc2a4249" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0816957a73b8422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb407097fd2d24424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac6590ce463149e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R19e2183de846447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb1b506b841a942d0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rccb88562a3be4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raaf8942bd0a040d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37bbcd2db26c4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re758fc127f814103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f518d73e0fe4f2d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>