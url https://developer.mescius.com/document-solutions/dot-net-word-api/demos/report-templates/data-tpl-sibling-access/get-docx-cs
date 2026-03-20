--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf02b8f889ec433b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8297b82939614fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9fe285a5fc2a4249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7aa6daacb1344fc2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcd89ca08c334dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0f51ed96cd0e4165" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -1296,51 +1296,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rccb88562a3be4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raaf8942bd0a040d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37bbcd2db26c4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re758fc127f814103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f518d73e0fe4f2d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re0de1919cb204328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb67f7c9227c34250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc21fcaaefc94c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6ac802774fd640fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra1b6afe13ab44a3f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>