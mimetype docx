--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R46d9e12f6ba4416a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R825f8d29daad40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61b40dfe4e824b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa8f634ce48348dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R95c381cf038b4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R56c315df60484b5c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf59295ee811c448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb7fa4d48ee7c49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6f439cf9ab844d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R76ef0e5f705c421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1ecb4bc1f9fa4afd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13a37037dd634a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7cb7e8baed174fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R096d6667876d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R33412e5948414f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e7e6b0685f847fb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>