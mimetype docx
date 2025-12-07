--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa8f634ce48348dc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R95c381cf038b4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R56c315df60484b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9093035669e4f04" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae5f00e03bef4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0930188a34cb4da2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R13a37037dd634a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7cb7e8baed174fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R096d6667876d4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R33412e5948414f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e7e6b0685f847fb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e7b69023f504c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R776262de397242e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb6dfd003451487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc216846539df4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7976b6a5afaf44e2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>