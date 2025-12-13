--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc9093035669e4f04" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae5f00e03bef4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0930188a34cb4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ce13bcb75b24717" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re66528688c4047d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R31b8727f55b24f79" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e7b69023f504c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R776262de397242e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb6dfd003451487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc216846539df4b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7976b6a5afaf44e2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd9f97ec231bc4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8fd5f4deeea46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712c8393e7de4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb71a232acd384d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R07dac88cbd53455b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>