--- v3 (2025-12-13)
+++ v4 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1ce13bcb75b24717" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re66528688c4047d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R31b8727f55b24f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R66cafdec69b44fce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf288b8c9146f4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R715e1a6ffc584e6a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd9f97ec231bc4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra8fd5f4deeea46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712c8393e7de4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb71a232acd384d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R07dac88cbd53455b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a6e7e10e35e4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b479aa447544e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7ddc422eefef4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R507a37567e7f47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re859b290ac4a497d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>