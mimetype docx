--- v4 (2025-12-13)
+++ v5 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R66cafdec69b44fce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf288b8c9146f4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R715e1a6ffc584e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5cc9eb63c9fb407e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R31f8ed73eb384ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89f5d52798c249db" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a6e7e10e35e4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b479aa447544e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7ddc422eefef4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R507a37567e7f47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re859b290ac4a497d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a9226050af04705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a4a205af64f439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87b1227fbf9b44c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R78c2ad6b8210459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5b7295565341ce" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>