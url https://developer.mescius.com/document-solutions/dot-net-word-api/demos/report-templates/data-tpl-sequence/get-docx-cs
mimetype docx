--- v5 (2025-12-15)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5cc9eb63c9fb407e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R31f8ed73eb384ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89f5d52798c249db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R909ca91348c34514" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e8136f165604fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37e6c1acd88e488f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4a9226050af04705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a4a205af64f439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R87b1227fbf9b44c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R78c2ad6b8210459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c5b7295565341ce" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R657f86823a844792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec448202ae054526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e5a0481a4f14f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R894e8a8787374bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd137c72018394058" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>