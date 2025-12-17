--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R909ca91348c34514" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e8136f165604fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R37e6c1acd88e488f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf726c3651b6049be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36a6313b77874ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re69f6297faab4983" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R657f86823a844792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rec448202ae054526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e5a0481a4f14f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R894e8a8787374bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd137c72018394058" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2742888f4034662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3206090c412141a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b119cff2fd644aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc208214951a54af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4614d293a8e043df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>