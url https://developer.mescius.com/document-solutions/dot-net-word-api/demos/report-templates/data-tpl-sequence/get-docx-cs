--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf726c3651b6049be" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R36a6313b77874ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re69f6297faab4983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R507acc7cd82c4cd1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16ec287d90284207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb46ad52461e34f9e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2742888f4034662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3206090c412141a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b119cff2fd644aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc208214951a54af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4614d293a8e043df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8059fcd36eb74cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3c376c60ca645f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2eb76a387a494184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8227490a8e04dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce00bff234ec4e19" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>