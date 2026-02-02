--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R507acc7cd82c4cd1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16ec287d90284207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb46ad52461e34f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfd90a4fa15834bb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2069839d4a9642fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41c07c5c271e4102" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8059fcd36eb74cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb3c376c60ca645f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2eb76a387a494184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8227490a8e04dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rce00bff234ec4e19" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re703d8abb9d8473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R14d6a20c83a94bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8dd66c36b28b424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd03fdf7220bc475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re71e899801f54baf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>