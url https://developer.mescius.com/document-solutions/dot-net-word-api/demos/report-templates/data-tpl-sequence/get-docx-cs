--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfd90a4fa15834bb5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2069839d4a9642fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41c07c5c271e4102" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19b6e6ca2a974414" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R261e2a308a3d4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc49fb435853446b2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re703d8abb9d8473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R14d6a20c83a94bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8dd66c36b28b424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd03fdf7220bc475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re71e899801f54baf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0aca244a697c4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05e009a5d7a9482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f3c345e3d28420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd1be8d20a40f46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5badc25c9ee4e32" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>