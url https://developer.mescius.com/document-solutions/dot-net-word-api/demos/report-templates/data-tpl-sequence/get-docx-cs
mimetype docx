--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19b6e6ca2a974414" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R261e2a308a3d4fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc49fb435853446b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R904c48457a4948a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R21ba94bf086649ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2aaa4cd4ef9b4c9a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>--</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r/>
       <w:r/>
@@ -825,51 +825,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0aca244a697c4cec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05e009a5d7a9482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f3c345e3d28420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd1be8d20a40f46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5badc25c9ee4e32" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70bfb102e6144195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R15af1b07ef9148f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c1e1c6c2d0c4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R278c4face4414e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1bf4b922ca2e46a8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>