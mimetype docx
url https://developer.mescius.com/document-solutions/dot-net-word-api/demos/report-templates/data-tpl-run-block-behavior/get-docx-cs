--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd03e01848fca450d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra15a4f8eeda041c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R801d5c48483642fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R760b7257621d4211" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8935f55f2e3745d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf28a0bf973754611" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcf5eec834b7142fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcd61f0e80f314e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5bb2732758074bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R91bcaf8e071c4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9e89cea377ee4175" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b11ab3ab4fb4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40ad38e1155b4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd9c37553dda4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R04cfd7b3096448c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb87eb857db34b1e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>