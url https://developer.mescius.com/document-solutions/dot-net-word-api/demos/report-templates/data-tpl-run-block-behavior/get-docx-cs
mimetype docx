--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R760b7257621d4211" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8935f55f2e3745d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf28a0bf973754611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65d648a22c2241a5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74c62c9dde8e452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2d469414aabf4d01" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b11ab3ab4fb4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40ad38e1155b4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcd9c37553dda4645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R04cfd7b3096448c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb87eb857db34b1e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b1ead684551416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c197f127dca4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb15096450c0f4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R68f145aebfd44023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R523939074b4a460a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>