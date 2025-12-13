--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65d648a22c2241a5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74c62c9dde8e452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2d469414aabf4d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6becd0bd614f4764" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra105b89cd68d4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7368af6d3fe5458c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b1ead684551416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c197f127dca4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb15096450c0f4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R68f145aebfd44023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R523939074b4a460a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racc5e092ed984a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1fdc05c66a44cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2a0b153a8a964df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3de6facd31144c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R30bd01849bd84699" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>