--- v3 (2025-12-13)
+++ v4 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6becd0bd614f4764" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra105b89cd68d4dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7368af6d3fe5458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rebea103c847d430a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a493f7c057347a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f6c9f94a706402e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Racc5e092ed984a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1fdc05c66a44cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2a0b153a8a964df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3de6facd31144c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R30bd01849bd84699" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c291e0c93ab4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c32fd023a054e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4214f0ca4e9a4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re0da904a9f8c4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc01ba245c4ce4917" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>