--- v4 (2025-12-15)
+++ v5 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rebea103c847d430a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a493f7c057347a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3f6c9f94a706402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f4861364a3947b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ccc719ca29d474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rff3039efb39f432b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c291e0c93ab4a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c32fd023a054e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4214f0ca4e9a4cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re0da904a9f8c4195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc01ba245c4ce4917" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cc5110bd64f4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R117a1ca5b074482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R797d9743df104081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcdf6b38d3fc749c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc906e9b86544477b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>