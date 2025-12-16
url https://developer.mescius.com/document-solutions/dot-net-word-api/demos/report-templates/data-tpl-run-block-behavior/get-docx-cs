--- v5 (2025-12-16)
+++ v6 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9f4861364a3947b4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ccc719ca29d474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rff3039efb39f432b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd77c755842bf4c38" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb63e10ed3f564d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43880072bc0946e4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6cc5110bd64f4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R117a1ca5b074482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R797d9743df104081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcdf6b38d3fc749c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc906e9b86544477b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb82753475c046c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra38e94a03d894dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20cef1dd0674499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R53c5f7917acd4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8e23deb5a294182" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>