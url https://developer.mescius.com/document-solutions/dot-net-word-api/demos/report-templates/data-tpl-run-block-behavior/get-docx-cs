--- v6 (2025-12-16)
+++ v7 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd77c755842bf4c38" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb63e10ed3f564d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43880072bc0946e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b5c2d22e26d45bf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcd65bfc4fa8465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a31672a07334afd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb82753475c046c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra38e94a03d894dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20cef1dd0674499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R53c5f7917acd4dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8e23deb5a294182" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb53a9517cf924f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17ccbbbdf3734055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rde0dd978ce244095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra5b79ab51bcb4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9ff3550fde764452" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>