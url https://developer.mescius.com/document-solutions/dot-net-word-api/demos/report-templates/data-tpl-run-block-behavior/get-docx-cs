--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b5c2d22e26d45bf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbcd65bfc4fa8465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a31672a07334afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03f72e2165ba42d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea76234277fb4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc56963ed715c48d0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb53a9517cf924f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17ccbbbdf3734055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rde0dd978ce244095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra5b79ab51bcb4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9ff3550fde764452" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96d0cd8058b44853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29c1ce1c65d14a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R38754db250c940e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9f5f45834c0b4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c63c064717449e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>