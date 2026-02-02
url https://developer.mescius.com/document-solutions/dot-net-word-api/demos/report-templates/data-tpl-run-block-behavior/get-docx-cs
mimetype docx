--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03f72e2165ba42d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rea76234277fb4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc56963ed715c48d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bfcce45032a456c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1cee4b8d7224f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3781f10ba9a94cf3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R96d0cd8058b44853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R29c1ce1c65d14a50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R38754db250c940e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9f5f45834c0b4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5c63c064717449e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11daed7046a743d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba63d7a758794882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbfb95418774a4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4ce3118d1b89477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ebe08e8b6494cef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>