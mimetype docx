--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8bfcce45032a456c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf1cee4b8d7224f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3781f10ba9a94cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c18ec1320f046e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1fc9b42402ac4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41a34962c96440ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11daed7046a743d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rba63d7a758794882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbfb95418774a4607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4ce3118d1b89477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5ebe08e8b6494cef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R061f6975318443e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R083a9068bf0c48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcc5c3e714b647e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfb1388ea13c34bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ca8b67d15f74171" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>