--- v10 (2026-03-20)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c18ec1320f046e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1fc9b42402ac4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R41a34962c96440ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c2b6cab20814e33" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d3fc38f07f94a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ff3fb7a59db49b6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ocean: </w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
@@ -1015,51 +1015,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R061f6975318443e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R083a9068bf0c48d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbcc5c3e714b647e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfb1388ea13c34bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ca8b67d15f74171" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5d96a32b03ea4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7e9657dfc5ba4244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27d83edffec44bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6ec971295c6c4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4ab857dffb6f4c64" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>