--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbf5ac23e706945d2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R755f8b699ede43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree9ce38c9c114d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9af35f83e5cd4836" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3d9d49b9e0c34a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R95ede901bd984477" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R828e37c32a294f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfbfa47d826c84c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4db66b387ac4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6ee8ba00051b463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7c074a5dbb4342e7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raf19825b24e44200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32fda4ceb9f944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec9f3aabdce34360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5c5a5dcaa9da490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R917fafde0e68455c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>