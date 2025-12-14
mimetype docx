--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9af35f83e5cd4836" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3d9d49b9e0c34a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R95ede901bd984477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64983fdca0c3481f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ba09696875845fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ee3b209355044ad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raf19825b24e44200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R32fda4ceb9f944f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec9f3aabdce34360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5c5a5dcaa9da490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R917fafde0e68455c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4af2d48917b64102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e28656e3b7c4176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c5feced9f3a4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra8d72530cb2e47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8dd932d0e214d33" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>