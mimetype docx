--- v2 (2025-12-14)
+++ v3 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64983fdca0c3481f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1ba09696875845fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ee3b209355044ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4cc0b276674d4a65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R763324307cf64ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b1c0f62127d4330" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4af2d48917b64102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e28656e3b7c4176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c5feced9f3a4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra8d72530cb2e47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re8dd932d0e214d33" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra33de59740bd444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5617ad6bfb95459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5b34f4c42d3a4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6821b89edfe547df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3cd5b77c81e4a15" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>