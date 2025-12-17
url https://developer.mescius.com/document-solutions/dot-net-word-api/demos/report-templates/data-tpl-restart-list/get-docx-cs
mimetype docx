--- v3 (2025-12-17)
+++ v4 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4cc0b276674d4a65" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R763324307cf64ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0b1c0f62127d4330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09aa1171499a4dc9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re0fe60539f6b4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfff10877ad824f19" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra33de59740bd444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5617ad6bfb95459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5b34f4c42d3a4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6821b89edfe547df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3cd5b77c81e4a15" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2523e5dacd5419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a927fc934ad44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb077e7cb3b5428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re098cb9d1a7541f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e27820704224468" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>