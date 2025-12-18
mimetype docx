--- v4 (2025-12-17)
+++ v5 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R09aa1171499a4dc9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re0fe60539f6b4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfff10877ad824f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R099ff8a5f1b34e10" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Red0c2b97387540e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb6805b4d64174f87" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd2523e5dacd5419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a927fc934ad44cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb077e7cb3b5428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re098cb9d1a7541f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e27820704224468" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R869be1e93a41491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf87ab8992bc14330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4854ff0225c94a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R94b3fbe1a9cc4605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6c712d620cf4fed" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>