--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R099ff8a5f1b34e10" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Red0c2b97387540e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb6805b4d64174f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e8d1cf189704521" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cdc773f5ee463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rabe64d08d9f14965" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R869be1e93a41491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf87ab8992bc14330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4854ff0225c94a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R94b3fbe1a9cc4605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd6c712d620cf4fed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23489d220cc145f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83a4f2dccc0b4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re53f86793c7e466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5bee3c39754c4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb3bd901a63f4cda" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>