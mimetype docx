--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e8d1cf189704521" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60cdc773f5ee463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rabe64d08d9f14965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1c778d50064456b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb20dd0fa8a2c4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf2528dc2f2049fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R23489d220cc145f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R83a4f2dccc0b4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re53f86793c7e466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5bee3c39754c4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reb3bd901a63f4cda" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra968e11f41a942a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9e8f3db44ff41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa3089442b43464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4aa71ef8b04c458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R147eb90cbe4c4242" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>