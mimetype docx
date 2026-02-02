--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc1c778d50064456b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb20dd0fa8a2c4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf2528dc2f2049fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd764a949bcc34550" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd61fff8ab995460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R681355f958c04c3c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra968e11f41a942a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9e8f3db44ff41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raa3089442b43464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4aa71ef8b04c458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R147eb90cbe4c4242" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf56ce0a021314b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d4434e22baa4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fa200f4ee8c4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3bf987f4bf564da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3c22561075a4269" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>