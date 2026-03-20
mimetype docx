--- v8 (2026-02-02)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd764a949bcc34550" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd61fff8ab995460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R681355f958c04c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rafa82d582a1448aa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ebd02ff33624e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R698fc995df674e02" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1702,51 +1702,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf56ce0a021314b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6d4434e22baa4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fa200f4ee8c4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3bf987f4bf564da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf3c22561075a4269" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R886363c7f66242d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R71ebf6c45be547e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raf285dafe2b34c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd10fc4c59d444b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb23d8b71a7984801" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>