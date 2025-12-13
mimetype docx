--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re369901023c6439c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9f6433797af949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5363bb3169794049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ff31e4e58424dee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R266a6573ec344d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcccccfb05174c49" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1adb870f746e4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R016ccd6612c64312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc188ee7496504ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1a007a743ddd4914" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1969c00645694d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f0cf4b2b51d4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c875583322f427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcddc9b130c40426b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>