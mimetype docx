--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ff31e4e58424dee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R266a6573ec344d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfcccccfb05174c49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06a64ecfc32944af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc792ac1932d040e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9c5c33e8c364f4a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1969c00645694d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f0cf4b2b51d4961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c875583322f427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcddc9b130c40426b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6393a66e9d714608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde8369e048b44fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R31f57e9241654213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra84335ff5e4c4961" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>