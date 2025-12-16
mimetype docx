--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06a64ecfc32944af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc792ac1932d040e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9c5c33e8c364f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e86b45ddce143b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfdf1c09b0c444aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfbe32d14c65c4dd2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6393a66e9d714608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rde8369e048b44fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R31f57e9241654213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra84335ff5e4c4961" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R167a93e307e9479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdfd6dff17b0f4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a0a6565222e427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140822b626e54db6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>