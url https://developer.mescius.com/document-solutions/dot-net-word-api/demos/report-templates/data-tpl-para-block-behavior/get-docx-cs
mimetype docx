--- v3 (2025-12-16)
+++ v4 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e86b45ddce143b8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfdf1c09b0c444aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfbe32d14c65c4dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref7954fb1c3043b7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d4a8b4cc3b14abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca14667debfd4c99" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R167a93e307e9479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdfd6dff17b0f4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a0a6565222e427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R140822b626e54db6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R27f9a04f168d490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc337769fa7a54fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc743e133cfda4d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R907fd9f8b5b84649" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>