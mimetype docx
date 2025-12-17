--- v4 (2025-12-17)
+++ v5 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref7954fb1c3043b7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6d4a8b4cc3b14abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rca14667debfd4c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff835c24a3e949b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60419384f09f4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1faec51c2e054c5a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R27f9a04f168d490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc337769fa7a54fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc743e133cfda4d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R907fd9f8b5b84649" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb2cf05078cc5478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd2c88610b8ff47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06f4dd880930411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra93aeebd8ead43ca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>