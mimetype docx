--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff835c24a3e949b5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R60419384f09f4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1faec51c2e054c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60f6f4d8aa5f426f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R710cc481f0bb46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77582b448cec45ae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb2cf05078cc5478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd2c88610b8ff47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R06f4dd880930411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra93aeebd8ead43ca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72a9e4b4e5f0434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R828c06dd66ac4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reaee2903d2994aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9e69ff1173f475b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>