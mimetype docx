--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60f6f4d8aa5f426f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R710cc481f0bb46a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77582b448cec45ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab7038c056684e5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cfccf7d3dac4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57059e8e9f7f4fce" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R72a9e4b4e5f0434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R828c06dd66ac4be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reaee2903d2994aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9e69ff1173f475b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b238bb13e8a4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R45900bb9c1694d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99ab9aae85714eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf7291b0bc16b4616" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>