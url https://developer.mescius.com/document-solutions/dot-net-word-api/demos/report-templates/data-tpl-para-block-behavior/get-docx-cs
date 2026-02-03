--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab7038c056684e5a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4cfccf7d3dac4d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R57059e8e9f7f4fce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a0a3a1a1cce4f45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a08ccd5e2af4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc5a6d8609a9e4412" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b238bb13e8a4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R45900bb9c1694d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99ab9aae85714eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf7291b0bc16b4616" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3ad094759ccd40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08470ca3b28e4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d9a135e00314453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc013acf37714912" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>