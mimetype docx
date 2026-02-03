--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a0a3a1a1cce4f45" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a08ccd5e2af4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc5a6d8609a9e4412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7792ef4b3384b31" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1da3483eceac4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ad8eb4c75984df1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3ad094759ccd40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R08470ca3b28e4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0d9a135e00314453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfc013acf37714912" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R93af20ddb71047a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re45c7ffa08c6473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11b765f8a09643ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c253eb47a22477a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>