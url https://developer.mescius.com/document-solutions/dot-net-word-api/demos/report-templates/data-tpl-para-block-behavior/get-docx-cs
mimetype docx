--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7792ef4b3384b31" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1da3483eceac4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9ad8eb4c75984df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd89bb36901634772" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88b4158a48cc4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R73a918c2740746b2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ColorfulShading-Accent1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
@@ -970,51 +970,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R93af20ddb71047a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re45c7ffa08c6473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11b765f8a09643ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9c253eb47a22477a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6601d117d8d44cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R11a3263d842044b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd084e1ad41a54fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5f003d364304d48" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>