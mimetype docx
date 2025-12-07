--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10266</w:t>
+        <w:t>10289</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>8/25/2012</w:t>
+        <w:t>9/25/2012</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Wartian Herkku</w:t>
+        <w:t>B's Beverages</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Torikatu 38,</w:t>
+        <w:t>Fauntleroy Circus,</w:t>
         <w:cr/>
-        <w:t>Oulu  90110 Finland</w:t>
+        <w:t>London  EC2 5NT UK</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R175e407f09e14c90">
+      <w:hyperlink r:id="Re117e619449b435f">
         <w:r>
-          <w:t>janet.l@wartianherkku.com</w:t>
+          <w:t>robert.k@bsbeverages.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Janet Leverling</w:t>
+        <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Torikatu 38,</w:t>
+        <w:t>Fauntleroy Circus,</w:t>
         <w:cr/>
-        <w:t>Oulu  90110 Finland</w:t>
+        <w:t>London  EC2 5NT UK</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,168 +673,304 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Queso Manchego La Pastora</w:t>
+              <w:t>Aniseed Syrup</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$30.40</w:t>
+              <w:t>$8.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$364.80</w:t>
+              <w:t>$240.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wimmers gute Semmelknödel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$26.60</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$239.40</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -863,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$364.80</w:t>
+              <w:t>$479.40</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2263,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R175e407f09e14c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Re117e619449b435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>