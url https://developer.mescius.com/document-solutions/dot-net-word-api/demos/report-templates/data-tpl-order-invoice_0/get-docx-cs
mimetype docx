--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10289</w:t>
+        <w:t>10941</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>9/25/2012</w:t>
+        <w:t>4/9/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,125 +224,125 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>B's Beverages</w:t>
+        <w:t>Save-a-lot Markets</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
         <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Fauntleroy Circus,</w:t>
+        <w:t>187 Suffolk Ln.,</w:t>
         <w:cr/>
-        <w:t>London  EC2 5NT UK</w:t>
+        <w:t>Boise ID 83720 USA</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Re117e619449b435f">
+      <w:hyperlink r:id="R217b3844caf6446a">
         <w:r>
-          <w:t>robert.k@bsbeverages.com</w:t>
+          <w:t>robert.k@savealotmarkets.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -371,53 +371,53 @@
       <w:r>
         <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Fauntleroy Circus,</w:t>
+        <w:t>187 Suffolk Ln.,</w:t>
         <w:cr/>
-        <w:t>London  EC2 5NT UK</w:t>
+        <w:t>Boise ID 83720 USA</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,51 +673,459 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aniseed Syrup</w:t>
+              <w:t>Gorgonzola Telino</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$12.50</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$550.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mozzarella di Giovanni</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$34.80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$1,740.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scottish Longbreads</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$12.50</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$1,000.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tarte au sucre</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -730,247 +1138,111 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$8.00</w:t>
+              <w:t>$49.30</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$240.00</w:t>
+              <w:t>$1,479.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...134 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -999,51 +1271,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$479.40</w:t>
+              <w:t>$4,769.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2671,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Re117e619449b435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R217b3844caf6446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>