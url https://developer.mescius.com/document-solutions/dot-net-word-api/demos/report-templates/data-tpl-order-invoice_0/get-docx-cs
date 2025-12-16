--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10941</w:t>
+        <w:t>10891</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4/9/2014</w:t>
+        <w:t>3/18/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,125 +224,125 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Save-a-lot Markets</w:t>
+        <w:t>Lehmanns Marktstand</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
         <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>187 Suffolk Ln.,</w:t>
+        <w:t>Magazinweg 7,</w:t>
         <w:cr/>
-        <w:t>Boise ID 83720 USA</w:t>
+        <w:t>Frankfurt a.M.   60528 Germany</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R217b3844caf6446a">
+      <w:hyperlink r:id="R6e1fa0d9ce5f49ec">
         <w:r>
-          <w:t>robert.k@savealotmarkets.com</w:t>
+          <w:t>robert.k@lehmannsmarktstand.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -371,53 +371,53 @@
       <w:r>
         <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>187 Suffolk Ln.,</w:t>
+        <w:t>Magazinweg 7,</w:t>
         <w:cr/>
-        <w:t>Boise ID 83720 USA</w:t>
+        <w:t>Frankfurt a.M.   60528 Germany</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,546 +673,138 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gorgonzola Telino</w:t>
+              <w:t>Nord-Ost Matjeshering</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>44</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$12.50</w:t>
+              <w:t>$25.89</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$550.00</w:t>
-[...407 lines deleted...]
-              <w:t>$1,479.00</w:t>
+              <w:t>$388.35</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1271,51 +863,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$4,769.00</w:t>
+              <w:t>$388.35</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2671,51 +2263,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R217b3844caf6446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R6e1fa0d9ce5f49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>