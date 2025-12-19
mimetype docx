--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10891</w:t>
+        <w:t>10393</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>3/18/2014</w:t>
+        <w:t>1/24/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Lehmanns Marktstand</w:t>
+        <w:t>Save-a-lot Markets</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Magazinweg 7,</w:t>
+        <w:t>187 Suffolk Ln.,</w:t>
         <w:cr/>
-        <w:t>Frankfurt a.M.   60528 Germany</w:t>
+        <w:t>Boise ID 83720 USA</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R6e1fa0d9ce5f49ec">
+      <w:hyperlink r:id="R6ecb1b44386b43fe">
         <w:r>
-          <w:t>robert.k@lehmannsmarktstand.com</w:t>
+          <w:t>nancy.d@savealotmarkets.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Magazinweg 7,</w:t>
+        <w:t>187 Suffolk Ln.,</w:t>
         <w:cr/>
-        <w:t>Frankfurt a.M.   60528 Germany</w:t>
+        <w:t>Boise ID 83720 USA</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,168 +673,712 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nord-Ost Matjeshering</w:t>
+              <w:t>Chang</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$25.89</w:t>
+              <w:t>$15.20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$388.35</w:t>
+              <w:t>$380.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gorgonzola Telino</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$10.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$320.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gumbär Gummibärchen</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$24.90</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$1,743.00</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NuNuCa Nuß-Nougat-Creme</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$11.20</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$78.40</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tofu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$18.60</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$781.20</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -863,51 +1407,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$388.35</w:t>
+              <w:t>$3,302.60</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2263,51 +2807,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R6e1fa0d9ce5f49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R6ecb1b44386b43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>