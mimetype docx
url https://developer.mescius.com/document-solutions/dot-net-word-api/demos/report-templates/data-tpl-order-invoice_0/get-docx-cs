--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10393</w:t>
+        <w:t>10790</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>1/24/2013</w:t>
+        <w:t>1/21/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Save-a-lot Markets</w:t>
+        <w:t>Gourmet Lanchonetes</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Michael Suyama</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>187 Suffolk Ln.,</w:t>
+        <w:t>Av. Brasil, 442,</w:t>
         <w:cr/>
-        <w:t>Boise ID 83720 USA</w:t>
+        <w:t>Campinas SP 04876-786 Brazil</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R6ecb1b44386b43fe">
+      <w:hyperlink r:id="Rbf4fb2af841f4f1b">
         <w:r>
-          <w:t>nancy.d@savealotmarkets.com</w:t>
+          <w:t>michael.s@gourmetlanchonetes.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Michael Suyama</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>187 Suffolk Ln.,</w:t>
+        <w:t>Av. Brasil, 442,</w:t>
         <w:cr/>
-        <w:t>Boise ID 83720 USA</w:t>
+        <w:t>Campinas SP 04876-786 Brazil</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,712 +673,304 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Chang</w:t>
+              <w:t>Gnocchi di nonna Alice</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$15.20</w:t>
+              <w:t>$38.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$380.00</w:t>
+              <w:t>$760.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gorgonzola Telino</w:t>
+              <w:t>Uncle Bob's Organic Dried Pears</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$10.00</w:t>
+              <w:t>$30.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$320.00</w:t>
+              <w:t>$90.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...406 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -1407,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$3,302.60</w:t>
+              <w:t>$850.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2807,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R6ecb1b44386b43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rbf4fb2af841f4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>