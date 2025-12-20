--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10790</w:t>
+        <w:t>10724</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>1/21/2014</w:t>
+        <w:t>11/29/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Gourmet Lanchonetes</w:t>
+        <w:t>Mère Paillarde</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Michael Suyama</w:t>
+        <w:t>Laura Callahan</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Av. Brasil, 442,</w:t>
+        <w:t>43 rue St. Laurent,</w:t>
         <w:cr/>
-        <w:t>Campinas SP 04876-786 Brazil</w:t>
+        <w:t>Montréal Québec H1J 1C3 Canada</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Rbf4fb2af841f4f1b">
+      <w:hyperlink r:id="R38aabd7b9eeb4126">
         <w:r>
-          <w:t>michael.s@gourmetlanchonetes.com</w:t>
+          <w:t>laura.c@mèrepaillarde.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Michael Suyama</w:t>
+        <w:t>Laura Callahan</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Av. Brasil, 442,</w:t>
+        <w:t>43 rue St. Laurent,</w:t>
         <w:cr/>
-        <w:t>Campinas SP 04876-786 Brazil</w:t>
+        <w:t>Montréal Québec H1J 1C3 Canada</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,274 +673,274 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gnocchi di nonna Alice</w:t>
+              <w:t>Ikura</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>16</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$38.00</w:t>
+              <w:t>$31.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$760.00</w:t>
+              <w:t>$496.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Uncle Bob's Organic Dried Pears</w:t>
+              <w:t>Sirop d'érable</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$30.00</w:t>
+              <w:t>$28.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$90.00</w:t>
+              <w:t>$142.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$850.00</w:t>
+              <w:t>$638.50</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rbf4fb2af841f4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R38aabd7b9eeb4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>