--- v6 (2025-12-20)
+++ v7 (2026-02-03)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10724</w:t>
+        <w:t>10626</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>11/29/2013</w:t>
+        <w:t>9/10/2013</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Mère Paillarde</w:t>
+        <w:t>Berglunds snabbköp</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Laura Callahan</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>43 rue St. Laurent,</w:t>
+        <w:t>Berguvsvägen  8,</w:t>
         <w:cr/>
-        <w:t>Montréal Québec H1J 1C3 Canada</w:t>
+        <w:t>Luleå  S-958 22 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R38aabd7b9eeb4126">
+      <w:hyperlink r:id="Recaf2d6dcbfc4f40">
         <w:r>
-          <w:t>laura.c@mèrepaillarde.com</w:t>
+          <w:t>nancy.d@berglundssnabbköp.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Laura Callahan</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>43 rue St. Laurent,</w:t>
+        <w:t>Berguvsvägen  8,</w:t>
         <w:cr/>
-        <w:t>Montréal Québec H1J 1C3 Canada</w:t>
+        <w:t>Luleå  S-958 22 Sweden</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,304 +673,440 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ikura</w:t>
+              <w:t>Camembert Pierrot</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$31.00</w:t>
+              <w:t>$34.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$496.00</w:t>
+              <w:t>$680.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sirop d'érable</w:t>
+              <w:t>Fløtemysost</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$28.50</w:t>
+              <w:t>$21.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$142.50</w:t>
+              <w:t>$430.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Perth Pasties</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$32.80</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>$393.60</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="432" w:hRule="exact"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5035" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -999,51 +1135,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$638.50</w:t>
+              <w:t>$1,503.60</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2535,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R38aabd7b9eeb4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Recaf2d6dcbfc4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>