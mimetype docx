--- v7 (2026-02-03)
+++ v8 (2026-02-03)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10626</w:t>
+        <w:t>11047</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>9/10/2013</w:t>
+        <w:t>5/23/2014</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -224,200 +224,200 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidP="00C83CF5" w:rsidRDefault="006A4EDB" w14:paraId="73B283CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Company</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Berglunds snabbköp</w:t>
+        <w:t>Eastern Connection</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
-        <w:t>Berguvsvägen  8,</w:t>
+        <w:t>35 King George,</w:t>
         <w:cr/>
-        <w:t>Luleå  S-958 22 Sweden</w:t>
+        <w:t>London  WX3 6FW UK</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="Recaf2d6dcbfc4f40">
+      <w:hyperlink r:id="R97186e5b28914d28">
         <w:r>
-          <w:t>nancy.d@berglundssnabbköp.com</w:t>
+          <w:t>robert.k@easternconnection.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Nancy Davolio</w:t>
+        <w:t>Robert King</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Berguvsvägen  8,</w:t>
+        <w:t>35 King George,</w:t>
         <w:cr/>
-        <w:t>Luleå  S-958 22 Sweden</w:t>
+        <w:t>London  WX3 6FW UK</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="398A95C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:sectPr w:rsidR="00832D2C" w:rsidSect="00F979B4">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="600" w:right="780" w:bottom="280" w:left="760" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720" w:num="2"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00832D2C" w14:paraId="14A0C5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
@@ -673,440 +673,304 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Camembert Pierrot</w:t>
+              <w:t>Chai</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$34.00</w:t>
+              <w:t>$18.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$680.00</w:t>
+              <w:t>$450.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Fløtemysost</w:t>
+              <w:t>Chef Anton's Gumbo Mix</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$21.50</w:t>
+              <w:t>$21.35</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$430.00</w:t>
+              <w:t>$640.50</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...134 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
@@ -1135,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$1,503.60</w:t>
+              <w:t>$1,090.50</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2535,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Recaf2d6dcbfc4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R97186e5b28914d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>