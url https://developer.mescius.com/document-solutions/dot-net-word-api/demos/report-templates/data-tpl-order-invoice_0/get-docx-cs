--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -60,51 +60,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>11047</w:t>
+        <w:t>10364</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="301"/>
         <w:ind w:left="5760"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Invoice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -120,51 +120,51 @@
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:w w:val="105"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>5/23/2014</w:t>
+        <w:t>12/26/2012</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00827C79" w:rsidRDefault="00827C79" w14:paraId="6ABF4921" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:space="0"/>
@@ -248,150 +248,150 @@
       <w:r>
         <w:t>Eastern Connection</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="25"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40" w:line="280" w:lineRule="auto"/>
         <w:ind w:right="1636"/>
       </w:pPr>
       <w:r>
         <w:t>35 King George,</w:t>
         <w:cr/>
         <w:t>London  WX3 6FW UK</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="192"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
       </w:pPr>
-      <w:hyperlink r:id="R97186e5b28914d28">
+      <w:hyperlink r:id="Rb7a860f2c5c04a54">
         <w:r>
-          <w:t>robert.k@easternconnection.com</w:t>
+          <w:t>nancy.d@easternconnection.com</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="false"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>Shipping Information</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Name</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="111"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
-        <w:t>Robert King</w:t>
+        <w:t>Nancy Davolio</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="231"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="110"/>
         <w:ind w:left="-90"/>
       </w:pPr>
       <w:r>
         <w:t>35 King George,</w:t>
         <w:cr/>
@@ -673,187 +673,187 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Chai</w:t>
+              <w:t>Fløtemysost</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$18.00</w:t>
+              <w:t>$17.20</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$450.00</w:t>
+              <w:t>$86.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Chef Anton's Gumbo Mix</w:t>
+              <w:t>Gudbrandsdalsost</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -866,81 +866,81 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$21.35</w:t>
+              <w:t>$28.80</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$640.50</w:t>
+              <w:t>$864.00</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b w:val="false"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="432" w:hRule="exact"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -999,51 +999,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="0"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs w:val="false"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>$1,090.50</w:t>
+              <w:t>$950.00</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00832D2C" w:rsidRDefault="00631285" w14:paraId="7FBB8691" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="20" w:lineRule="exact"/>
         <w:ind w:left="106"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B14CF4E" wp14:editId="6861E39C">
@@ -2399,51 +2399,51 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="R97186e5b28914d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrkorson@example.com" TargetMode="External" Id="Rb7a860f2c5c04a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>