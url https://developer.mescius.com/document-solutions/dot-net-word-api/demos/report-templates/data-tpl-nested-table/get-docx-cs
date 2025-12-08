--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R08daeb19477344d4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6e9b36fbd222409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4882ba43fb034fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0084bfafa8fc4d74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc30346d5d7194d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re93e6d3170264cd8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8722c1697701436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd361fb3f4b6d429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0a45052cdf494708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28f1712d20b54d58" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R441cdfb7b41148a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R926b6f4f52844e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c73afccedd44bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf845bb45bd644f90" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>