--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0084bfafa8fc4d74" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc30346d5d7194d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re93e6d3170264cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d146f3aa6cc43ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R112f876bc58a4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R070aeb74b4604f0c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R441cdfb7b41148a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R926b6f4f52844e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c73afccedd44bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf845bb45bd644f90" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6eabf38437542d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb38442525a75456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd7b70836878944e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3271751ec18449c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>