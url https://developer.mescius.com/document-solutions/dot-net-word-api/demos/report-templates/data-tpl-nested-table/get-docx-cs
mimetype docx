--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d146f3aa6cc43ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R112f876bc58a4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R070aeb74b4604f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c2cf49ce8c749cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc88430120394f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01a6b95c2f9c4ae7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd6eabf38437542d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb38442525a75456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd7b70836878944e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3271751ec18449c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9418febff0e548d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9fa51352c2814ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R63a76c63d8564770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57b6c33978c24c7e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>