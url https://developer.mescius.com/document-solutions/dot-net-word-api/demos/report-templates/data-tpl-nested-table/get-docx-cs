--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2c2cf49ce8c749cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc88430120394f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R01a6b95c2f9c4ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0eba3f6871354907" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3aa31bf847da4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ef7350c7737465e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9418febff0e548d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9fa51352c2814ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R63a76c63d8564770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R57b6c33978c24c7e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1bc20bdded0e4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5984b72eff64b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R583b3917655849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R404466d4c589439f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>