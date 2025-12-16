--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0eba3f6871354907" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3aa31bf847da4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ef7350c7737465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33014311fe704bbf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ebcbd7cd3034f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf14437fdc93b4674" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1bc20bdded0e4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re5984b72eff64b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R583b3917655849cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R404466d4c589439f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd76906422da94e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd987cf3ff5144ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb75ee938bcce44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d0771c663254d6e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>