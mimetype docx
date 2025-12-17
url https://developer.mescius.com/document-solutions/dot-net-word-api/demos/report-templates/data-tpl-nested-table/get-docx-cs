--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R33014311fe704bbf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9ebcbd7cd3034f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf14437fdc93b4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9fda8522d47412f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7366ac6147494881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbced1c949ed946f5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd76906422da94e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd987cf3ff5144ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb75ee938bcce44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d0771c663254d6e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra16565977ac943b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5a820d1359144ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd7164ba52800426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc4ae2a3d4e9c4663" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>