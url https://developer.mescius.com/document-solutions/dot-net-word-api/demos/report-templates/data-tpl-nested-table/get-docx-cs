--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb9fda8522d47412f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7366ac6147494881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbced1c949ed946f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d64c0077f694537" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0bbac72a968a40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7130b01d45e4369" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra16565977ac943b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5a820d1359144ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd7164ba52800426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc4ae2a3d4e9c4663" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcddb0d394a874d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb78b55eb74f433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra61119648cac4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd492523d91c94a5e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>