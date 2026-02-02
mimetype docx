--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d64c0077f694537" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0bbac72a968a40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf7130b01d45e4369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R31a192f93ff9438f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f49df57a226424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d92e3a9398b44c2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcddb0d394a874d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfb78b55eb74f433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra61119648cac4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd492523d91c94a5e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b1453e3023247ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8e84a3d12d74e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712463259e464e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6e49e2977594d74" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>