--- v8 (2026-02-02)
+++ v9 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R31a192f93ff9438f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f49df57a226424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d92e3a9398b44c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b62ca7c2a474fe3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb43206813a554721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2730e41265946df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1b1453e3023247ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8e84a3d12d74e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712463259e464e4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc6e49e2977594d74" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2963bc66b5b949e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff0275d7ba924232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf212be75fefb46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc87bbc62d9f4cab" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>