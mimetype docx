--- v9 (2026-02-02)
+++ v10 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b62ca7c2a474fe3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb43206813a554721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2730e41265946df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ree8515254fa045d9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reae9ce4655544c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85e29953ce304750" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="my table style"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r/>
             <w:r/>
             <w:r>
               <w:t>Pacific</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
@@ -1077,51 +1077,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2963bc66b5b949e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rff0275d7ba924232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf212be75fefb46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdc87bbc62d9f4cab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11b0963ba50f477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R590d5a6784174bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf4beb6ab43e74b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra1c2dad283434c1c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>