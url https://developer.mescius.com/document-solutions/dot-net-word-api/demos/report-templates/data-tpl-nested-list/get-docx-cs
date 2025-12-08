--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69c02a4afe7a447f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d6a9ce6203f4fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9cf0fe472af4480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra9ff82270e98494e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7a035140cb144f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc581324f4aea410a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e3529745dce433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfde53128cdd94f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf9eee403142d42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R818ca4e745eb4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R55d4742914ac4ad0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R29d7bec636f44c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c081a325d664c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ca44a9ac8ef4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R477f0fcacbcd4f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd505230673b47ac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>