--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra9ff82270e98494e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7a035140cb144f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc581324f4aea410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5bfcd4d68174204" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7c7e06f3b96843f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R546bb0390ea9492c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R29d7bec636f44c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9c081a325d664c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ca44a9ac8ef4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R477f0fcacbcd4f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd505230673b47ac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra92b5a5a28134d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raf66555fc9c24683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re32316903d4a4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6a61d2e3422f42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20ff062207424f64" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>