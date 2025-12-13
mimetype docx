--- v2 (2025-12-13)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5bfcd4d68174204" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7c7e06f3b96843f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R546bb0390ea9492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8bf719309f54368" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56b79bd8718b44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a5acd1e52e74f60" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra92b5a5a28134d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raf66555fc9c24683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re32316903d4a4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6a61d2e3422f42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R20ff062207424f64" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2927bc1068fd4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5e03bd8306f44225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb1914e92be3841c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R418fafa684f94428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R231f4ccec42045d7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>