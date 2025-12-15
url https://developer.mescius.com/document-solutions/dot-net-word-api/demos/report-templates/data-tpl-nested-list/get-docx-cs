--- v3 (2025-12-13)
+++ v4 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb8bf719309f54368" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56b79bd8718b44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a5acd1e52e74f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re8bf06f73a244b46" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbf4e22784aaf485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4903dc7b8f1146e5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2927bc1068fd4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5e03bd8306f44225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb1914e92be3841c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R418fafa684f94428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R231f4ccec42045d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb3681488d5943c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf64d550617994a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d6db00252a64ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc0eef6241b8f4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R778007e46b5347d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>