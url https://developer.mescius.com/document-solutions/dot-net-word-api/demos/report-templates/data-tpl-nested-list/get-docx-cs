--- v4 (2025-12-15)
+++ v5 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re8bf06f73a244b46" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbf4e22784aaf485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4903dc7b8f1146e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21a98fcd4f924f9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb09b250e0304fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88b10a4164d347eb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfb3681488d5943c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf64d550617994a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d6db00252a64ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc0eef6241b8f4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R778007e46b5347d3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70b1b4db592e418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3bb5ac7c69d5422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23ff206fd4994e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf1a2a778b4de49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R49930d9149674bc3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>