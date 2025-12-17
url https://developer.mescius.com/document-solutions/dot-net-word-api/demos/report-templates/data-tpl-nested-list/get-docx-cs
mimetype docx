--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21a98fcd4f924f9a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Reb09b250e0304fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R88b10a4164d347eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdfa8fdcfa6984222" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R793345b5e5484920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4bb208635fa44fcf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70b1b4db592e418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3bb5ac7c69d5422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R23ff206fd4994e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf1a2a778b4de49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R49930d9149674bc3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c5ac8d2910f45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7efff947a1954ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R546b6bed18ea4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2bac0a192b83417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R97da52f8d8c2487a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>