--- v6 (2025-12-17)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdfa8fdcfa6984222" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R793345b5e5484920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4bb208635fa44fcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68f8673800d24aed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb650fa3fcf654fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8c2d4393836a421e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5c5ac8d2910f45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7efff947a1954ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R546b6bed18ea4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2bac0a192b83417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R97da52f8d8c2487a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc7ce6ec20e964ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6a17102167324233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc7a38708c914445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra2fa429f72044afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R788de3c1313e4de2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>