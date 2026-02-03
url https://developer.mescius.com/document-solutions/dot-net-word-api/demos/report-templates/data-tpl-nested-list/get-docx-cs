--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R68f8673800d24aed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb650fa3fcf654fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8c2d4393836a421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra06e9ba4f61f4bb1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9dc12890448e47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R36846d2af28949c5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc7ce6ec20e964ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6a17102167324233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbc7a38708c914445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra2fa429f72044afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R788de3c1313e4de2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0885e445bc3042df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R404bd769b8194811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re792e44e75ae4750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfd7e99d2575848ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd848b85084ad4e7a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>