--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra06e9ba4f61f4bb1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9dc12890448e47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R36846d2af28949c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb358e2c8e5be4ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f968b20d7704392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdae02d9028f541f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0885e445bc3042df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R404bd769b8194811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re792e44e75ae4750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfd7e99d2575848ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd848b85084ad4e7a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd42c9e764c2e4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7096ef3165af4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48b0ffd9c3c44140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R655ab9f559844123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae1af5f0b05e4f88" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>