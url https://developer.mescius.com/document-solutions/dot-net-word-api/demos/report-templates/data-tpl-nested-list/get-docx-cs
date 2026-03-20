--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb358e2c8e5be4ee2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f968b20d7704392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdae02d9028f541f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7ad154dd3ee9414f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6c0479f9636a481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf2d4da79af534d33" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Pacific</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>-</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>46.6%</w:t>
       </w:r>
@@ -1133,51 +1133,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd42c9e764c2e4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7096ef3165af4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R48b0ffd9c3c44140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R655ab9f559844123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rae1af5f0b05e4f88" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R27e098dda6424464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc557e1ef30f94c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R20daf371040e4be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R23176b60e61a473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R42d25ed1cf024cfb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>