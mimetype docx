--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3db21938849a4046" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07e3d15dfdd64823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R133c0fbffa3141de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1306e26fdea34e21" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9df0fdda60a64fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d438cdeeb164c62" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Read0f7fb4bf74e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra55334134cf44f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R098b821edc5443d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R893c340d5d6a4656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Red3ee9f619cb4480" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a965f7c57c34fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f15efb73c904bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R05f2f78f9d1f4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd60330fac0a246b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R359b957ab89343f0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>