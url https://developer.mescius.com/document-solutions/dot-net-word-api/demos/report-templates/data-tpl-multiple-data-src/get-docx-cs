--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1306e26fdea34e21" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9df0fdda60a64fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9d438cdeeb164c62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae9ee50371054d88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8dec542ce11845f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb3deffae72d544ac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2a965f7c57c34fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f15efb73c904bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R05f2f78f9d1f4e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd60330fac0a246b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R359b957ab89343f0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f68757fd40b403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0bdb842dae26459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddf9a4081382448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R46744e7614d04a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c35533c5c4b4560" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>