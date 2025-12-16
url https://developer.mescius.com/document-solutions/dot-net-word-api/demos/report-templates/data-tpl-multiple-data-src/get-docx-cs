--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rae9ee50371054d88" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8dec542ce11845f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb3deffae72d544ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25f03a54dce94d2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R53ad0a57ccf742c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd53bac2ebe454a55" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f68757fd40b403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0bdb842dae26459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rddf9a4081382448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R46744e7614d04a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3c35533c5c4b4560" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43a66825b56d4084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0939926ab36c4d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R01f3e695ee0f4344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd232a8a441444cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87972a9f613148fe" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>