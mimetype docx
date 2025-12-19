--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25f03a54dce94d2a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R53ad0a57ccf742c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd53bac2ebe454a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R646c376c4c8c453a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re87f4d3b90734284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99efb0b24c414d81" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R43a66825b56d4084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0939926ab36c4d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R01f3e695ee0f4344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd232a8a441444cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R87972a9f613148fe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07c3458b04e647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R99dd79d224be4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3566fac086c24dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0dbf23cf7ac74a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e71286a45cd46f8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>