--- v4 (2025-12-19)
+++ v5 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R646c376c4c8c453a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re87f4d3b90734284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R99efb0b24c414d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35f893cc7a1642f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9049c0ddb014bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0d9826cfd534adb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07c3458b04e647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R99dd79d224be4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3566fac086c24dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0dbf23cf7ac74a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e71286a45cd46f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R907856269257417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce80ccbdaa2846e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dc326d0b6f94097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf18f831a1d054b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3592d2a33204e47" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>