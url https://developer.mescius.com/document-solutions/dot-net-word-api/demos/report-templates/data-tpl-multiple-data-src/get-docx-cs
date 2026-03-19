--- v5 (2026-02-02)
+++ v6 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R35f893cc7a1642f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9049c0ddb014bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb0d9826cfd534adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555e6eff016541a0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8e0da64c9ad467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6687dbab2ff94f45" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R907856269257417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce80ccbdaa2846e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dc326d0b6f94097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf18f831a1d054b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd3592d2a33204e47" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60aea9dcb8b1414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda28789c8cc74b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R437305dc2d0d4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R08f07d27854f4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0f7a1dad22e343c5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>