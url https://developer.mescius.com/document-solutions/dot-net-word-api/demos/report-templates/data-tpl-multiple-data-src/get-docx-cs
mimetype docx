--- v6 (2026-03-19)
+++ v7 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R555e6eff016541a0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf8e0da64c9ad467a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6687dbab2ff94f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e5c041ead854d89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f688d16b7e64a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R353caad5e25d459b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Popular Car Makers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Toyota</w:t>
       </w:r>
       <w:r/>
     </w:p>
@@ -858,51 +858,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R60aea9dcb8b1414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda28789c8cc74b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R437305dc2d0d4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R08f07d27854f4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0f7a1dad22e343c5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R221cb248881c4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1d51d35c17c4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf0b8b8773d624c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R65989f7c55584317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re3427dbfafd14cf5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>