--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1388d2dcd1184935" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R096ebb8ed3c7467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd84f502e9aea499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51956f99224048ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5a24dcc725a4006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3205626af38c4161" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R44cf448a88cc4f1e"/>
+                    <a:blip r:embed="R5394a0a2be1a4e58"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R4b10a818915a4ca0"/>
+                    <a:blip r:embed="R515747ceb88c4b7f"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R2cf93e8b122b45d5"/>
+                    <a:blip r:embed="R55b5218d6bfa44ad"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b5460a9537f4945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R438fbc73e00c46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra850eb3583624c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R44cf448a88cc4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R4b10a818915a4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R2cf93e8b122b45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re0ed9ae86c01428e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb407ceda27024037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1db544e86994cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf7bdb1b8367749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5394a0a2be1a4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R515747ceb88c4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R55b5218d6bfa44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7b66dd155414ee9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>