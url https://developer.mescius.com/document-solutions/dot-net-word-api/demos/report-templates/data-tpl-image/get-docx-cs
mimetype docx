--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51956f99224048ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5a24dcc725a4006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3205626af38c4161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd6356b5400a84776" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f7f2fb14a64e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc92ca5060dee46d0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5394a0a2be1a4e58"/>
+                    <a:blip r:embed="R79814074c09844db"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R515747ceb88c4b7f"/>
+                    <a:blip r:embed="Rbacc50a082d44f72"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R55b5218d6bfa44ad"/>
+                    <a:blip r:embed="R9780ccde98124f0e"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb407ceda27024037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf1db544e86994cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf7bdb1b8367749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R5394a0a2be1a4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R515747ceb88c4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R55b5218d6bfa44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re7b66dd155414ee9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3be362d4e7de4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc3db84cdc78d4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ce36a67da414fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R79814074c09844db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rbacc50a082d44f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R9780ccde98124f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re5496748e81a4218" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>