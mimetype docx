--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd6356b5400a84776" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50f7f2fb14a64e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc92ca5060dee46d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4bbfa3d2ce4648bf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce7dd5b771a84679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re01fc60fc8ce4a04" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R79814074c09844db"/>
+                    <a:blip r:embed="Rd5289766af9b4c68"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rbacc50a082d44f72"/>
+                    <a:blip r:embed="Ree9c397f0b7e4b4f"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R9780ccde98124f0e"/>
+                    <a:blip r:embed="R900fcf00a7ad45b8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3be362d4e7de4ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc3db84cdc78d4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ce36a67da414fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R79814074c09844db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rbacc50a082d44f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R9780ccde98124f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re5496748e81a4218" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9958da234264cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6139091180d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R326abfa3641c4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd5289766af9b4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Ree9c397f0b7e4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R900fcf00a7ad45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d7fa5038db34b1c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>