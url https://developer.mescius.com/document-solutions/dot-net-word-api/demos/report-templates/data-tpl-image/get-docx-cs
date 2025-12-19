--- v3 (2025-12-16)
+++ v4 (2025-12-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4bbfa3d2ce4648bf" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce7dd5b771a84679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re01fc60fc8ce4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3f1c4b6743c4862" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5ad876f06ca4c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4698f02c4684ccc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd5289766af9b4c68"/>
+                    <a:blip r:embed="R22f54b97272443bd"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ree9c397f0b7e4b4f"/>
+                    <a:blip r:embed="Rb403d9998b414a34"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R900fcf00a7ad45b8"/>
+                    <a:blip r:embed="R0ce514bcb8234b86"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9958da234264cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf6139091180d49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R326abfa3641c4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rd5289766af9b4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Ree9c397f0b7e4b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R900fcf00a7ad45b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8d7fa5038db34b1c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1a2c5767e89649c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R393c34e0884b4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R079db45c453d415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R22f54b97272443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rb403d9998b414a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R0ce514bcb8234b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra85465ca22b34592" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>