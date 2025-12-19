--- v4 (2025-12-19)
+++ v5 (2025-12-19)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re3f1c4b6743c4862" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf5ad876f06ca4c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc4698f02c4684ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R74ebd6ddd4c94bf1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54885efe22ef4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd73131c29dfb4e27" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R22f54b97272443bd"/>
+                    <a:blip r:embed="R1fb3bf17a2cf4927"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rb403d9998b414a34"/>
+                    <a:blip r:embed="R357f4da5518e417a"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0ce514bcb8234b86"/>
+                    <a:blip r:embed="R1fc2ebc56a9942ad"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1a2c5767e89649c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R393c34e0884b4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R079db45c453d415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R22f54b97272443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rb403d9998b414a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R0ce514bcb8234b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra85465ca22b34592" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6db622f37e204b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd10d7717ece143fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b6e653ea8d3470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1fb3bf17a2cf4927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R357f4da5518e417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R1fc2ebc56a9942ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda9afdef15074f6c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>