--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R74ebd6ddd4c94bf1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R54885efe22ef4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd73131c29dfb4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb57d643de1934152" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcafa5bfeadf442ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R988f4db4ea764239" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1fb3bf17a2cf4927"/>
+                    <a:blip r:embed="R1b0181c953144b33"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R357f4da5518e417a"/>
+                    <a:blip r:embed="Rcd8ad2c1f55b4684"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1fc2ebc56a9942ad"/>
+                    <a:blip r:embed="Rd05f40f96a0440f0"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6db622f37e204b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd10d7717ece143fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b6e653ea8d3470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1fb3bf17a2cf4927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R357f4da5518e417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R1fc2ebc56a9942ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rda9afdef15074f6c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra59be7228cba4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9119b64285a4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04e643755d774b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1b0181c953144b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rcd8ad2c1f55b4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Rd05f40f96a0440f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbdb8d97f6896465c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>