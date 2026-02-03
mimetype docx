--- v6 (2025-12-20)
+++ v7 (2026-02-03)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb57d643de1934152" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcafa5bfeadf442ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R988f4db4ea764239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcaa3ce5cce134a77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc7c52e6c5df346be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re3d769c409bb4aac" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R1b0181c953144b33"/>
+                    <a:blip r:embed="Rafa45b7af47e4d72"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rcd8ad2c1f55b4684"/>
+                    <a:blip r:embed="R549ed83b95474dea"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rd05f40f96a0440f0"/>
+                    <a:blip r:embed="Ra9215e6b0e1446d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra59be7228cba4637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9119b64285a4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R04e643755d774b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R1b0181c953144b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rcd8ad2c1f55b4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Rd05f40f96a0440f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbdb8d97f6896465c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d0f78e0be634212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9677ffe3abfb4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c39391c3b984dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rafa45b7af47e4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R549ed83b95474dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Ra9215e6b0e1446d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8bfa899e1b8946a1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>