--- v7 (2026-02-03)
+++ v8 (2026-02-03)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcaa3ce5cce134a77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc7c52e6c5df346be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re3d769c409bb4aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67ed9d8130a248cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c6e352fcf594f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ff4b745d6bc46df" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rafa45b7af47e4d72"/>
+                    <a:blip r:embed="R0b7558d343a541f8"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R549ed83b95474dea"/>
+                    <a:blip r:embed="R63bb82d016574065"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Ra9215e6b0e1446d1"/>
+                    <a:blip r:embed="Rfedb40afd14f485d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1d0f78e0be634212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9677ffe3abfb4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4c39391c3b984dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rafa45b7af47e4d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R549ed83b95474dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Ra9215e6b0e1446d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8bfa899e1b8946a1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25a477c82de14489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5e9b10bdc6954d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8528eeac3dbb4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0b7558d343a541f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R63bb82d016574065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Rfedb40afd14f485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf2c5ff3daf94184" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>