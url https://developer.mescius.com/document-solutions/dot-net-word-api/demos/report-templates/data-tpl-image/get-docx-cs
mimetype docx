--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,165 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R67ed9d8130a248cc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c6e352fcf594f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5ff4b745d6bc46df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4645e71d64184770" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc586ca9178494695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R707de518c8034356" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Minerva</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="1" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R0b7558d343a541f8"/>
+                    <a:blip r:embed="Rc8f4b65496c947d1"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Colosseum</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="2" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R63bb82d016574065"/>
+                    <a:blip r:embed="Rf4bdaf65b8f14d19"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>Venus Felix</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:cr/>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3378200" cy="5080000"/>
             <wp:docPr id="3" name=""/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="Rfedb40afd14f485d"/>
+                    <a:blip r:embed="R84d99370d0774fdd"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3378200" cy="5080000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
@@ -701,51 +701,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25a477c82de14489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5e9b10bdc6954d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8528eeac3dbb4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="R0b7558d343a541f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="R63bb82d016574065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="Rfedb40afd14f485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbf2c5ff3daf94184" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3f5bc6168624483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0563cd7a45c242e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R54d403814d314641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpeg" Id="Rc8f4b65496c947d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.jpeg" Id="Rf4bdaf65b8f14d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpeg" Id="R84d99370d0774fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd761c0422dd04a13" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>