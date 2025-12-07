--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R30224b189d2e4de3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1adb026d1904494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0e84b2e3e6c44b57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra04de72a78b54dfc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04d1315c76a74ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5f0250d25623494e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb5504322e5e74e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9b902d776e964fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5eb100afdc2a42f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4c6f045020a3402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32ef2b44fbb84e93" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3b24378bc5ef4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra98bd1d58d134f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b528fd21a7f4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rae7ff38f5515442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cea26be34974669" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>