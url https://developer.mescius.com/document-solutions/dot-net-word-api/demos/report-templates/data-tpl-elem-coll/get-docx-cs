--- v1 (2025-12-07)
+++ v2 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra04de72a78b54dfc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04d1315c76a74ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5f0250d25623494e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf08cea5fb3e43a1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra1ac1de53ffe4289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09ca4d329e044ae1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3b24378bc5ef4e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra98bd1d58d134f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b528fd21a7f4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rae7ff38f5515442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cea26be34974669" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree5b397e539e4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa66fa5c3d1043dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R403a77552f8e4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6959e4b53d8040db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5cd1a52f87244b9b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>