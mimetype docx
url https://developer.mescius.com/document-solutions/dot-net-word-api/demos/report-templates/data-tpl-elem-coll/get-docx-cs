--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf08cea5fb3e43a1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra1ac1de53ffe4289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R09ca4d329e044ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6276529311f9452f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b56d0a2f44d4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7f3a5db76fce4d72" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ree5b397e539e4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Raa66fa5c3d1043dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R403a77552f8e4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6959e4b53d8040db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5cd1a52f87244b9b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a3b8475a8b5430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7051c54d9b4e4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7090743761d74659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0080842047254e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra089e8c7bdaa4e22" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>