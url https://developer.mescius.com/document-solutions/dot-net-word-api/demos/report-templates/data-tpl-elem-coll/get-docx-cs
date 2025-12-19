--- v3 (2025-12-19)
+++ v4 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6276529311f9452f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b56d0a2f44d4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7f3a5db76fce4d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda5843c689d841c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf43253b9a0364210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R98b1ff677d7a46c9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a3b8475a8b5430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7051c54d9b4e4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7090743761d74659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0080842047254e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra089e8c7bdaa4e22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8b8477a4e3fc4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf334b3d3f3e94bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1af43aba9264dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcf17c829f4c94ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R83441353994941b4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>