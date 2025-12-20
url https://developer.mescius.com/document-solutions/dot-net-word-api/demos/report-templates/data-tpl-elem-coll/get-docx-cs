--- v4 (2025-12-19)
+++ v5 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda5843c689d841c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf43253b9a0364210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R98b1ff677d7a46c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c4a2c02926341a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57399e3afb69474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e1946452e824ae3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8b8477a4e3fc4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf334b3d3f3e94bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1af43aba9264dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcf17c829f4c94ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R83441353994941b4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63afa8fcbdbc465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3f26ce701dcd4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dff7190b9ad4ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra15895559cfa40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5afe5e1bac3f4893" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>