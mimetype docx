--- v5 (2025-12-20)
+++ v6 (2026-02-05)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c4a2c02926341a8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R57399e3afb69474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e1946452e824ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab88d664d74e44f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rced6e854fc124ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1b24a21bc4f94a64" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63afa8fcbdbc465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3f26ce701dcd4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dff7190b9ad4ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra15895559cfa40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5afe5e1bac3f4893" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1375c1c93e844792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R951601f4985347f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6254a78909504286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3b43f6adeea4446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9228e12b2eaf416d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>