--- v6 (2026-02-05)
+++ v7 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rab88d664d74e44f4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rced6e854fc124ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1b24a21bc4f94a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3253d3e6b9cc4518" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8f9ad58b25484fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R94e48176e41c40a5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Integers from 1 to 9:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1</w:t>
@@ -977,51 +977,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1375c1c93e844792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R951601f4985347f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6254a78909504286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3b43f6adeea4446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9228e12b2eaf416d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Reb7050fe036a4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6548c395f3264354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R65add3058b9e432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R450d2a6f34eb4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc7500a8475744f21" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>