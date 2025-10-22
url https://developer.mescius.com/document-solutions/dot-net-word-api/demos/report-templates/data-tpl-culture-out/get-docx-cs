--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,229 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R88fb9b99b7044740" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb92d6b65c84443af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcb76614f323c445f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b4d9320ac9b4890" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf94e231c29704dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R811dd7a06486417f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$61.70</w:t>
+        <w:t>$9.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>52,82 €</w:t>
+        <w:t>8,48 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$25.10</w:t>
+        <w:t>$24.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>21,49 €</w:t>
+        <w:t>20,55 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$79.80</w:t>
+        <w:t>$92.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>68,32 €</w:t>
+        <w:t>78,85 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$26.90</w:t>
+        <w:t>$96.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>23,03 €</w:t>
+        <w:t>82,87 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$39.60</w:t>
+        <w:t>$77.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>33,90 €</w:t>
+        <w:t>66,52 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$81.20</w:t>
+        <w:t>$58.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>69,51 €</w:t>
-[...62 lines deleted...]
-        <w:t>45,37 €</w:t>
+        <w:t>50,34 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -748,51 +685,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf3a5bc94365a4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfccf604183644c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda6c9e954dae4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R544ee4baa03942af" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R20fef17be4e14e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8499246e1bf44479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7bb745d0f17749bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5dfa888e2a024647" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>