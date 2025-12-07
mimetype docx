--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,166 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b4d9320ac9b4890" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf94e231c29704dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R811dd7a06486417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R49c479b3171541af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c1fe45e5a7c47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra800069f8a68453a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$9.90</w:t>
+        <w:t>$57.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>8,48 €</w:t>
+        <w:t>50,17 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$24.00</w:t>
+        <w:t>$62.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20,55 €</w:t>
+        <w:t>54,60 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$92.10</w:t>
+        <w:t>$95.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>78,85 €</w:t>
+        <w:t>82,64 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$96.80</w:t>
+        <w:t>$11.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>82,87 €</w:t>
+        <w:t>10,24 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$77.70</w:t>
+        <w:t>$90.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>66,52 €</w:t>
+        <w:t>78,73 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>$58.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>50,34 €</w:t>
+        <w:t>51,04 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$22.50</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>19,53 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$43.80</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>38,02 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$31.60</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>27,43 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -685,51 +748,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R20fef17be4e14e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8499246e1bf44479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7bb745d0f17749bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5dfa888e2a024647" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33cf43c3686a42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R262f966e60d843ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea2218730ada4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R709949c19ba74469" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>