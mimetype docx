--- v2 (2025-12-07)
+++ v3 (2025-12-19)
@@ -1,229 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R49c479b3171541af" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c1fe45e5a7c47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra800069f8a68453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R928fd731523b409c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R882b580cb7f64aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5a875f9fb5a40bb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$57.80</w:t>
+        <w:t>$90.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>50,17 €</w:t>
+        <w:t>76,60 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$62.90</w:t>
+        <w:t>$83.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>54,60 €</w:t>
+        <w:t>71,08 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$95.20</w:t>
+        <w:t>$6.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>82,64 €</w:t>
+        <w:t>5,52 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$11.80</w:t>
+        <w:t>$41.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>10,24 €</w:t>
+        <w:t>34,90 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$90.70</w:t>
+        <w:t>$47.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>78,73 €</w:t>
+        <w:t>40,34 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$58.80</w:t>
+        <w:t>$89.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>51,04 €</w:t>
+        <w:t>76,34 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$22.50</w:t>
+        <w:t>$55.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>19,53 €</w:t>
+        <w:t>46,88 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$43.80</w:t>
+        <w:t>$43.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>38,02 €</w:t>
-[...20 lines deleted...]
-        <w:t>27,43 €</w:t>
+        <w:t>37,02 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -748,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33cf43c3686a42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R262f966e60d843ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea2218730ada4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R709949c19ba74469" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d8e8d7a1075454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R552445f543db4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R18e2c29e4d514e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28792e641a714692" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>