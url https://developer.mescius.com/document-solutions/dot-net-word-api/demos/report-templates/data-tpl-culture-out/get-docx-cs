--- v3 (2025-12-19)
+++ v4 (2025-12-20)
@@ -1,208 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R928fd731523b409c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R882b580cb7f64aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd5a875f9fb5a40bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e0f193dc3f946d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b393eee0544e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1b9b0b0ff2f4306" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$90.20</w:t>
+        <w:t>$72.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>76,60 €</w:t>
+        <w:t>61,56 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$83.70</w:t>
+        <w:t>$95.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>71,08 €</w:t>
+        <w:t>81,63 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$6.50</w:t>
+        <w:t>$88.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>5,52 €</w:t>
+        <w:t>75,91 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$41.10</w:t>
+        <w:t>$31.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>34,90 €</w:t>
+        <w:t>26,47 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$47.50</w:t>
+        <w:t>$46.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>40,34 €</w:t>
+        <w:t>40,04 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$89.90</w:t>
+        <w:t>$21.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>76,34 €</w:t>
+        <w:t>18,61 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$55.20</w:t>
+        <w:t>$1.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>46,88 €</w:t>
+        <w:t>1,62 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$43.60</w:t>
+        <w:t>$52.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>37,02 €</w:t>
+        <w:t>44,91 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d8e8d7a1075454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R552445f543db4e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R18e2c29e4d514e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R28792e641a714692" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9ff549750e874f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc6f6b795767c4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4775afb8124a4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R994f36ef2f0a4695" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>