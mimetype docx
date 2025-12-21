--- v4 (2025-12-20)
+++ v5 (2025-12-21)
@@ -1,208 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e0f193dc3f946d7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R07b393eee0544e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1b9b0b0ff2f4306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc180a3e4e8b64311" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R90fda906050745fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf0f78594cfe4873" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$72.10</w:t>
+        <w:t>$64.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>61,56 €</w:t>
+        <w:t>54,64 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$95.60</w:t>
+        <w:t>$51.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>81,63 €</w:t>
+        <w:t>44,06 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$88.90</w:t>
+        <w:t>$85.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>75,91 €</w:t>
+        <w:t>73,26 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$31.00</w:t>
+        <w:t>$32.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>26,47 €</w:t>
+        <w:t>28,09 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$46.90</w:t>
+        <w:t>$79.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>40,04 €</w:t>
+        <w:t>67,88 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$21.80</w:t>
+        <w:t>$99.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>18,61 €</w:t>
+        <w:t>85,21 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$1.90</w:t>
+        <w:t>$43.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>1,62 €</w:t>
+        <w:t>37,40 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$52.60</w:t>
+        <w:t>$51.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>44,91 €</w:t>
+        <w:t>43,72 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9ff549750e874f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc6f6b795767c4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4775afb8124a4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R994f36ef2f0a4695" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11063860447b4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d053d492b6a4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a4a747ac6644a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re5aa2929dc3b429d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>