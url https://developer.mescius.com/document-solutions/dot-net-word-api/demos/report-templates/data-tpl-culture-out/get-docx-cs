--- v5 (2025-12-21)
+++ v6 (2025-12-21)
@@ -1,208 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc180a3e4e8b64311" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R90fda906050745fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf0f78594cfe4873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0dd4fe69eee44d84" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec9ea854c2c74fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd83adb1fd6974e88" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$64.00</w:t>
+        <w:t>$62.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>54,64 €</w:t>
+        <w:t>53,28 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$51.60</w:t>
+        <w:t>$22.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>44,06 €</w:t>
+        <w:t>19,04 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$85.80</w:t>
+        <w:t>$65.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>73,26 €</w:t>
+        <w:t>55,75 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$32.90</w:t>
+        <w:t>$56.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>28,09 €</w:t>
+        <w:t>47,98 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$79.50</w:t>
+        <w:t>$89.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>67,88 €</w:t>
+        <w:t>75,99 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$99.80</w:t>
+        <w:t>$33.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>85,21 €</w:t>
+        <w:t>28,77 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$43.80</w:t>
+        <w:t>$53.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>37,40 €</w:t>
+        <w:t>45,34 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$51.20</w:t>
+        <w:t>$63.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>43,72 €</w:t>
+        <w:t>53,79 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R11063860447b4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d053d492b6a4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a4a747ac6644a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re5aa2929dc3b429d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra4b9591e2a9a4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd866ef1d528c4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f3c5bcf8e8a4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06cd04de91db49cf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>