--- v6 (2025-12-21)
+++ v7 (2025-12-21)
@@ -1,208 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0dd4fe69eee44d84" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec9ea854c2c74fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd83adb1fd6974e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R508ba3bc11f9496f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63bfa8b0d91d40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93f11dfd4b2b473c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$62.40</w:t>
+        <w:t>$50.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>53,28 €</w:t>
+        <w:t>43,37 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$22.30</w:t>
+        <w:t>$42.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>19,04 €</w:t>
+        <w:t>36,03 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$65.30</w:t>
+        <w:t>$27.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>55,75 €</w:t>
+        <w:t>23,65 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$56.20</w:t>
+        <w:t>$22.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>47,98 €</w:t>
+        <w:t>19,21 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$89.00</w:t>
+        <w:t>$32.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>75,99 €</w:t>
+        <w:t>28,01 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$33.70</w:t>
+        <w:t>$41.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>28,77 €</w:t>
+        <w:t>35,43 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$53.10</w:t>
+        <w:t>$52.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>45,34 €</w:t>
+        <w:t>45,08 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$63.00</w:t>
+        <w:t>$7.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>53,79 €</w:t>
+        <w:t>6,32 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra4b9591e2a9a4fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd866ef1d528c4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7f3c5bcf8e8a4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06cd04de91db49cf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a54a497f2ab418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc5c5ba7248954bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R995337b84f12448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9443627da864c71" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>