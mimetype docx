--- v7 (2025-12-21)
+++ v8 (2026-02-04)
@@ -1,208 +1,208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R508ba3bc11f9496f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R63bfa8b0d91d40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93f11dfd4b2b473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c6ac7a40bfb4940" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra49c3f765c8049eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd533664e71eb48ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$50.80</w:t>
+        <w:t>$26.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>43,37 €</w:t>
+        <w:t>22,05 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$42.20</w:t>
+        <w:t>$25.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>36,03 €</w:t>
+        <w:t>21,29 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$27.70</w:t>
+        <w:t>$90.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>23,65 €</w:t>
+        <w:t>75,87 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$22.50</w:t>
+        <w:t>$8.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>19,21 €</w:t>
+        <w:t>6,79 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$32.80</w:t>
+        <w:t>$56.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>28,01 €</w:t>
+        <w:t>47,28 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$41.50</w:t>
+        <w:t>$82.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>35,43 €</w:t>
+        <w:t>69,16 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$52.80</w:t>
+        <w:t>$61.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>45,08 €</w:t>
+        <w:t>51,30 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$7.40</w:t>
+        <w:t>$88.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>6,32 €</w:t>
+        <w:t>74,44 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +727,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0a54a497f2ab418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc5c5ba7248954bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R995337b84f12448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9443627da864c71" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86a44646bac0488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6a9a829271b4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re4f5f87fd4f74db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reac751e7652c467e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>