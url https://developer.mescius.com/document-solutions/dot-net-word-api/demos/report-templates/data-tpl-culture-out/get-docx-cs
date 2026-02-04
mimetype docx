--- v8 (2026-02-04)
+++ v9 (2026-02-04)
@@ -1,208 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c6ac7a40bfb4940" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra49c3f765c8049eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd533664e71eb48ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af19e54ff7c4785" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2409ea293494999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1f8ffe7190a4101" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$26.30</w:t>
+        <w:t>$2.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>22,05 €</w:t>
+        <w:t>1,84 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$25.40</w:t>
+        <w:t>$81.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>21,29 €</w:t>
+        <w:t>68,49 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$90.50</w:t>
+        <w:t>$11.00</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>75,87 €</w:t>
+        <w:t>9,22 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$8.10</w:t>
+        <w:t>$73.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>6,79 €</w:t>
+        <w:t>61,78 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$56.40</w:t>
+        <w:t>$54.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>47,28 €</w:t>
-[...62 lines deleted...]
-        <w:t>74,44 €</w:t>
+        <w:t>45,94 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -727,51 +664,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86a44646bac0488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra6a9a829271b4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re4f5f87fd4f74db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Reac751e7652c467e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ef15f883f4d4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40c6ea4d63504f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfd0a9cb45153483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea9258515302463e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>