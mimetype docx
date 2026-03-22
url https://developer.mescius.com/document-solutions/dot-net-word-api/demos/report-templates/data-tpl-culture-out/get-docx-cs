--- v9 (2026-02-04)
+++ v10 (2026-03-22)
@@ -1,145 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af19e54ff7c4785" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc2409ea293494999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1f8ffe7190a4101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28161b4b253a4e6d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R46b487be7a7d4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7daaea25294c4534" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$2.20</w:t>
+        <w:t>$49.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>1,84 €</w:t>
+        <w:t>42,67 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$81.70</w:t>
+        <w:t>$78.60</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>68,49 €</w:t>
+        <w:t>68,02 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$11.00</w:t>
+        <w:t>$61.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>9,22 €</w:t>
+        <w:t>53,05 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$73.70</w:t>
+        <w:t>$74.10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>61,78 €</w:t>
+        <w:t>64,13 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$54.80</w:t>
+        <w:t>$94.20</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>45,94 €</w:t>
+        <w:t>81,52 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$27.00</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>23,37 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -664,51 +685,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ef15f883f4d4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40c6ea4d63504f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfd0a9cb45153483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rea9258515302463e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa55f2191c6f45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf3cd71c836e346ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R34e2e6905c884840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R092aff0d39d448e6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>