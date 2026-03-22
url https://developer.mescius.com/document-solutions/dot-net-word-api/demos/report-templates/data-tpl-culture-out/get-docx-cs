--- v10 (2026-03-22)
+++ v11 (2026-03-22)
@@ -1,166 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R28161b4b253a4e6d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R46b487be7a7d4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7daaea25294c4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R92483899fd104f8e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcb1b0414fd254c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5c5de1fcc7464762" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$49.30</w:t>
+        <w:t>$79.80</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>42,67 €</w:t>
+        <w:t>69,06 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$78.60</w:t>
+        <w:t>$14.40</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>68,02 €</w:t>
+        <w:t>12,46 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$61.30</w:t>
+        <w:t>$47.70</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>53,05 €</w:t>
+        <w:t>41,28 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$74.10</w:t>
+        <w:t>$73.30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>64,13 €</w:t>
+        <w:t>63,44 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$94.20</w:t>
+        <w:t>$71.90</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>81,52 €</w:t>
+        <w:t>62,22 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>$27.00</w:t>
+        <w:t>$78.50</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>is approximately</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>23,37 €</w:t>
+        <w:t>67,94 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$91.30</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>79,01 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$2.70</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2,34 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$22.80</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>19,73 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$37.20</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>32,19 €</w:t>
+      </w:r>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>$79.30</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+        <w:t>is approximately</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>68,63 €</w:t>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -685,51 +790,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rfa55f2191c6f45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf3cd71c836e346ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R34e2e6905c884840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R092aff0d39d448e6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd93e7a6112d74076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R05b9fe36e8c1413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd2f1c61465da4f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5821eb4bb0b48ee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>