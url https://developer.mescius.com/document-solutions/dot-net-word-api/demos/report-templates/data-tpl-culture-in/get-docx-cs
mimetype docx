--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97e54447e0c5448c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0027add2528545f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raefa8d89cd4a453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5932348d6b74c1e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfac6247ebe914f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc689f82ed5b341e4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R89a225be21dc439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1ff3763636c4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac98d7745cb14626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1c3970a168cf48f6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R745f94f3c5ef4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc9928e5e9a934e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fb2b7dc7d164f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f1015337c8f4a5c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>