--- v1 (2025-12-07)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra5932348d6b74c1e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfac6247ebe914f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc689f82ed5b341e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82e1dea13c684e01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R935c31c19fc94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R669775a497ed40e2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R745f94f3c5ef4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc9928e5e9a934e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6fb2b7dc7d164f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6f1015337c8f4a5c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa6f130d385f493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb937ffdd80ae43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccd615bfa3854dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde7c0ae81aff49df" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>