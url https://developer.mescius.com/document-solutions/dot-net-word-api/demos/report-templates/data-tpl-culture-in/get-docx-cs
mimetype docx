--- v2 (2025-12-19)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R82e1dea13c684e01" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R935c31c19fc94c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R669775a497ed40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e042b0259e444c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fe952db9c9745a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1807c367ad04fe9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raa6f130d385f493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb937ffdd80ae43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rccd615bfa3854dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rde7c0ae81aff49df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33f8294a632b40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R052505d34919477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R84636074225b4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rddf3f98bc7814eda" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>