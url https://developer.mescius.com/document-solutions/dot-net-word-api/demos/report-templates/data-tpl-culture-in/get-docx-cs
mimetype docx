--- v3 (2025-12-19)
+++ v4 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9e042b0259e444c8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6fe952db9c9745a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re1807c367ad04fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1faee1ae3bdc49f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6cb200c187814b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R690515ccf20c4e55" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33f8294a632b40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R052505d34919477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R84636074225b4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rddf3f98bc7814eda" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6af4af63cf8b4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re717c242f63b45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca43b4c2f7194aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb702c3b70254d51" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>