--- v4 (2025-12-19)
+++ v5 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1faee1ae3bdc49f5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6cb200c187814b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R690515ccf20c4e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bf340ef9e994484" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe9388aa796d4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5001ed3212954688" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6af4af63cf8b4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re717c242f63b45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca43b4c2f7194aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdb702c3b70254d51" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3c28bc1790b4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5a84978aba2b4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb847c23e18e54238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R468872d8e9534c2f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>