--- v5 (2025-12-20)
+++ v6 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0bf340ef9e994484" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe9388aa796d4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5001ed3212954688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e47735b4ace40c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd4bbfed6bd204a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re53890c7871645f7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re3c28bc1790b4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5a84978aba2b4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb847c23e18e54238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R468872d8e9534c2f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ffadc0f941344eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re15a6ead62a34142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f1f71dd532c4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R368b974516c24e1f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>