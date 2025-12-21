--- v6 (2025-12-21)
+++ v7 (2025-12-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e47735b4ace40c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd4bbfed6bd204a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re53890c7871645f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7aaadda06b744af0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2267fe4e85b14559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Racf459dd9c2c442b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1ffadc0f941344eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re15a6ead62a34142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5f1f71dd532c4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R368b974516c24e1f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R916a05e5f3e94cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R62c57b0bf87a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7da35de7a2004d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f710e3bdb3b48c9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>