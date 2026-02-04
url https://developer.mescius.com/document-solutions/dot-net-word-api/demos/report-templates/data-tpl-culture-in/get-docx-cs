--- v7 (2025-12-21)
+++ v8 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7aaadda06b744af0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2267fe4e85b14559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Racf459dd9c2c442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R557d7cf639634949" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4b0a7ada49754eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf18d03c14fc445cb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R916a05e5f3e94cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R62c57b0bf87a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7da35de7a2004d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f710e3bdb3b48c9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb2c96d638594595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2af3ceebacb94884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc2be1e670324f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82d396e6aecf42e6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>