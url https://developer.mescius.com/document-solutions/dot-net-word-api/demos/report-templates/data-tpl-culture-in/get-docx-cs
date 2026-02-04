--- v8 (2026-02-04)
+++ v9 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R557d7cf639634949" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4b0a7ada49754eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf18d03c14fc445cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c2e4b2cf3ea47f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa2d7568a06342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75e091ea31d74540" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdb2c96d638594595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2af3ceebacb94884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfc2be1e670324f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R82d396e6aecf42e6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R183083aec0f94ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R052a5e962d434f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc118bf7e3f274db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2928531641c24f59" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>