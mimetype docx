--- v9 (2026-02-04)
+++ v10 (2026-03-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0c2e4b2cf3ea47f1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raa2d7568a06342e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R75e091ea31d74540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7615cf9b83384a8d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06a7476954a64d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rcf5e8081a62542e3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>The two columns of data below come from two different data sources, with different cultures specified for each data source. Numbers in the left column were converted from strings with point as the decimal separator, with "en-US" culture specified for the data source. Numbers in the right column were converted from strings with comma as the decimal separator, with "fr-FR" culture specified for the data source. Both sets of data were converted correctly using the "todouble()" formatter.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t>1.234</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>==</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -648,51 +648,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R183083aec0f94ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R052a5e962d434f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc118bf7e3f274db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2928531641c24f59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c00cf46806e4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R927fc74b195642a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2f89c6e7194d4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R38f3c491ea9545f1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>