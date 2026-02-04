--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -3,221 +3,221 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: This document was generated by processing record index 1 only.</w:t>
+        <w:t>Note: This document was generated by processing record index 4 only.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Atlantic</w:t>
+        <w:t>Arctic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Atlantic</w:t>
+        <w:t>Arctic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>cean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>makes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> up </w:t>
       </w:r>
       <w:r>
-        <w:t>23.5%</w:t>
+        <w:t>4.3%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">surface </w:t>
       </w:r>
       <w:r>
         <w:t>area</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>23.3%</w:t>
+        <w:t>1.4%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the total volume, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>World Ocean</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">largest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Atlantic</w:t>
+        <w:t>Arctic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> seas are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Sargasso Sea</w:t>
+        <w:t>Barents Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Caribbean Sea</w:t>
+        <w:t>Greenland Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Mediterranean Sea</w:t>
+        <w:t>East Siberian Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Gulf of Guinea</w:t>
+        <w:t>Kara Sea</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00425659" w:rsidR="00BD021C" w:rsidP="00BD021C" w:rsidRDefault="00BD021C" w14:paraId="723BB09F" w14:textId="77777777"/>
     <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>