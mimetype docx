--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -3,221 +3,221 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: This document was generated by processing record index 4 only.</w:t>
+        <w:t>Note: This document was generated by processing record index 2 only.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Arctic</w:t>
+        <w:t>Indian</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Arctic</w:t>
+        <w:t>Indian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>cean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>makes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> up </w:t>
       </w:r>
       <w:r>
-        <w:t>4.3%</w:t>
+        <w:t>19.5%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">surface </w:t>
       </w:r>
       <w:r>
         <w:t>area</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>1.4%</w:t>
+        <w:t>19.8%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the total volume, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>World Ocean</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">largest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Arctic</w:t>
+        <w:t>Indian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> seas are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Barents Sea</w:t>
+        <w:t>Arabian Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Greenland Sea</w:t>
+        <w:t>Bay of Bengal</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>East Siberian Sea</w:t>
+        <w:t>Andaman Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Kara Sea</w:t>
+        <w:t>Laccadive Sea</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00425659" w:rsidR="00BD021C" w:rsidP="00BD021C" w:rsidRDefault="00BD021C" w14:paraId="723BB09F" w14:textId="77777777"/>
     <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>