--- v2 (2026-03-21)
+++ v3 (2026-03-21)
@@ -3,221 +3,221 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: This document was generated by processing record index 2 only.</w:t>
+        <w:t>Note: This document was generated by processing record index 3 only.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Indian</w:t>
+        <w:t>Southern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Indian</w:t>
+        <w:t>Southern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>cean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>makes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> up </w:t>
       </w:r>
       <w:r>
-        <w:t>19.5%</w:t>
+        <w:t>6.1%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">total </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">surface </w:t>
       </w:r>
       <w:r>
         <w:t>area</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>19.8%</w:t>
+        <w:t>5.4%</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the total volume, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>World Ocean</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">largest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
-        <w:t>Indian</w:t>
+        <w:t>Southern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> seas are:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Arabian Sea</w:t>
+        <w:t>Weddell Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Bay of Bengal</w:t>
+        <w:t>Somov Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Andaman Sea</w:t>
+        <w:t>Riiser-Larsen Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
-        <w:t>Laccadive Sea</w:t>
+        <w:t>Lazarev Sea</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00425659" w:rsidR="00BD021C" w:rsidP="00BD021C" w:rsidRDefault="00BD021C" w14:paraId="723BB09F" w14:textId="77777777"/>
     <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>