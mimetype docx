--- v0 (2025-10-21)
+++ v1 (2025-12-13)
@@ -187,188 +187,50 @@
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>South China Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Pacific</w:t>
-[...136 lines deleted...]
-      <w:r>
         <w:t>Atlantic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>Atlantic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -505,326 +367,50 @@
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Gulf of Guinea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Pacific</w:t>
-[...274 lines deleted...]
-      <w:r>
         <w:t>Indian</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>Indian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -961,464 +547,50 @@
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Laccadive Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Pacific</w:t>
-[...412 lines deleted...]
-      <w:r>
         <w:t>Southern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>
         </w:rPr>
         <w:t>Southern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1545,602 +717,50 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Riiser-Larsen Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="BulletList"/>
       </w:pPr>
       <w:r>
         <w:t>Lazarev Sea</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr w:rsidRPr="00425659" w:rsidR="00BD021C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...550 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Arctic</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>Ocean</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntenseEmphasis"/>