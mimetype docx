--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d48fe6b862e4afa" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb533f86a3e4c4d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf1b8d5764d5d4d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb034aefe1c654e77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R82e5f26ab440428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89c5ca396c4a44b6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8df4ac0b205c4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0fda569d4e3f4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf54f0508ba64cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1870fe1e718d4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2bf991639394ffd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R862f98b14a3c4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1fc597ecb2c74a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R80db9ba31bb24d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdccc925de74f47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb55604bfb2584c78" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>