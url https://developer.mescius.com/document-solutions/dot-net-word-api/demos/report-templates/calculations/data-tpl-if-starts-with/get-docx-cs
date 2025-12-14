--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb034aefe1c654e77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R82e5f26ab440428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R89c5ca396c4a44b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b2f94081d9747d5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R864bca4c33b04244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Redb27ca7ccf742eb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R862f98b14a3c4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1fc597ecb2c74a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R80db9ba31bb24d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rdccc925de74f47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb55604bfb2584c78" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8485050c84f540aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f57095323de4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R448c11406a5341f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8d308f41a4d749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R344a66d5174c4257" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>