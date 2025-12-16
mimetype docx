--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7b2f94081d9747d5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R864bca4c33b04244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Redb27ca7ccf742eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R194407467a944ff7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c321608676340d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd8623b0a9c574e08" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8485050c84f540aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8f57095323de4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R448c11406a5341f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8d308f41a4d749d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R344a66d5174c4257" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb47bcd9866704958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R209e61c979cb45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11eeeca4df1b4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7b34d195f3ee4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e49419424af43f7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>