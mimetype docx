--- v3 (2025-12-16)
+++ v4 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R194407467a944ff7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5c321608676340d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd8623b0a9c574e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3304426da8bc4b04" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04e66ea60648456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R261cbf38bffe4719" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb47bcd9866704958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R209e61c979cb45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R11eeeca4df1b4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7b34d195f3ee4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e49419424af43f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f674fd3322e42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5cdf6ffaaad34bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08b0d9733d624a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9f11a90df5b14ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9bb7c718b664df0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>