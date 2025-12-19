--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3304426da8bc4b04" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R04e66ea60648456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R261cbf38bffe4719" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5ecaec8af04d4486" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad5272ae94a54247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68ee99bebec34990" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2f674fd3322e42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5cdf6ffaaad34bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08b0d9733d624a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9f11a90df5b14ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb9bb7c718b664df0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re68ef0a84e3443ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R661d2c9ab3cd4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41880ab8b48d4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5eba9cc437654ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf6fd579cbde64d46" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>