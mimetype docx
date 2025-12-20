--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5ecaec8af04d4486" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rad5272ae94a54247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R68ee99bebec34990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R58501e691b3d437c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf256266fb3ea4248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb9e0cb54d02f431a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re68ef0a84e3443ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R661d2c9ab3cd4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R41880ab8b48d4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R5eba9cc437654ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf6fd579cbde64d46" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd3577be68ba5474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5496c606ac094668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dbc96e665694cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R67c036977bd44bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc26da162d2dd47b5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>