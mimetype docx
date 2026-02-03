--- v6 (2025-12-20)
+++ v7 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R58501e691b3d437c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf256266fb3ea4248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb9e0cb54d02f431a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfdf87668a04a496f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8bf1ef65dab94ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e6b7ec245204b2e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd3577be68ba5474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5496c606ac094668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4dbc96e665694cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R67c036977bd44bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc26da162d2dd47b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R865625f75a17423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc01bc803097a4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R18deffd95ffd4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2854c330042b48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad8c184ea35f4b97" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>