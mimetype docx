--- v7 (2026-02-03)
+++ v8 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfdf87668a04a496f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8bf1ef65dab94ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e6b7ec245204b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra389351629c44c9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0cb5d527404c4453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa97d6193c564fa6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R865625f75a17423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc01bc803097a4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R18deffd95ffd4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2854c330042b48dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rad8c184ea35f4b97" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rab14160618434558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R398ed6b019604b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc614290b551f44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc9555a69728e459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e7fafbcde144712" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>