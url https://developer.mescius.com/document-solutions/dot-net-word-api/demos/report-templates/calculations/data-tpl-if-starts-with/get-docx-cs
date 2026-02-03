--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra389351629c44c9c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0cb5d527404c4453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa97d6193c564fa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb686ec2b669f42b9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd52beb09ac854cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra04ba754249d49fa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rab14160618434558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R398ed6b019604b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc614290b551f44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc9555a69728e459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8e7fafbcde144712" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R46e40196cb1b4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8941a3f2ea86471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55c33937eab54995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9caf91d967c24689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R24adaf0318ce48da" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>