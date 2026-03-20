--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb686ec2b669f42b9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd52beb09ac854cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra04ba754249d49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R05eecc97757e443e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc44e5ba3ec994732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0731dc8e7c44717" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R46e40196cb1b4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8941a3f2ea86471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55c33937eab54995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9caf91d967c24689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R24adaf0318ce48da" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R419e16e8457b4e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8c433f11bb04742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39d4bd57f0184129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R23942cd61f3f4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rafe1b133a9864b67" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>