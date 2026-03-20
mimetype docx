--- v10 (2026-03-20)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R05eecc97757e443e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc44e5ba3ec994732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd0731dc8e7c44717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4edafb82bd0a418f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R16e1a2d10d59490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6e65ee385cb747b3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: if data starts with 'S'</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the use of 'if/else' construct in report templates to filter data source on a condition (that a certain field starts with the letter 'S').Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -777,51 +777,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R419e16e8457b4e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8c433f11bb04742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39d4bd57f0184129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R23942cd61f3f4883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rafe1b133a9864b67" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd306dd24bee74c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd9112cc47e5946a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc4530a8cc3de425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb860a0f3be114430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5954cf394164848" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>