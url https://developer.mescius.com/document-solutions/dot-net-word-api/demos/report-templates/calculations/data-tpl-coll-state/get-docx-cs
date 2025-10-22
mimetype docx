--- v0 (2025-10-21)
+++ v1 (2025-10-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0628cfa81103422c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re2ba151976a34871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc2e8110989d549a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64c22c896a094626" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0aa5fd5917804259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87d28b9416d94589" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R30c14bca8d6a43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0a76bc9e888b48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra7d1f7b344a4499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R538470a620bd4719" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15998c4e2adf458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfafd654f91e74b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raccffba304b845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd30ef278043949c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>