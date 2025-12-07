--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R64c22c896a094626" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0aa5fd5917804259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87d28b9416d94589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R34e9621e779948e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3174223545d3471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re8a5199bd4334226" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R15998c4e2adf458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfafd654f91e74b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Raccffba304b845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd30ef278043949c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3eb0fd482cd4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0101a0d627dd4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55c9db58223843e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d5b4317326c4815" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>