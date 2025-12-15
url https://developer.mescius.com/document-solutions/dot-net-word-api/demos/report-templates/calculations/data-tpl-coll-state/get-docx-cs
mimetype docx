--- v2 (2025-12-07)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R34e9621e779948e5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3174223545d3471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re8a5199bd4334226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2d6c7e5349249e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca8249cfce9b4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc3840cf44fe64e0c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb3eb0fd482cd4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0101a0d627dd4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R55c9db58223843e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0d5b4317326c4815" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba6aedb1d0ff4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d977df200714a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R488e1e5d46db4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re62247c5aaa44ce0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>