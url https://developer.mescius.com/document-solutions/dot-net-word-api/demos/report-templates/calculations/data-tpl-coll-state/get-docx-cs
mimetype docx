--- v3 (2025-12-15)
+++ v4 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb2d6c7e5349249e3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca8249cfce9b4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc3840cf44fe64e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14c6a0d4499c4aee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ef3fa5c0d534c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a387e4819e545cb" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rba6aedb1d0ff4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4d977df200714a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R488e1e5d46db4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re62247c5aaa44ce0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0d4907bf78bd4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R949d3fe2311a4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf0ea1e795ee4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51c08f4ceb2e42d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>