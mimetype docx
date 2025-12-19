--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R14c6a0d4499c4aee" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4ef3fa5c0d534c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7a387e4819e545cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra75b8186dee143ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfec7609325754b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf82f6263bb2b4fa2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0d4907bf78bd4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R949d3fe2311a4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdf0ea1e795ee4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R51c08f4ceb2e42d3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rffff1eba30204fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdec32df49c034806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac1e54f39d5848fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b42160999b8494e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>