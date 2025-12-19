--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra75b8186dee143ae" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfec7609325754b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf82f6263bb2b4fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref4bb530e739446c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9b57be983984718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aa420f1dc7f4e99" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rffff1eba30204fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rdec32df49c034806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rac1e54f39d5848fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9b42160999b8494e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25974678eeb742ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e73c44f37074242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd772ae8c021d4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d87370a17a548e5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>