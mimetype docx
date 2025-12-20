--- v6 (2025-12-19)
+++ v7 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ref4bb530e739446c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9b57be983984718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3aa420f1dc7f4e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde70835e9cc54c6b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra4be63ade2094e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47f7b39925c043e7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R25974678eeb742ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4e73c44f37074242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd772ae8c021d4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d87370a17a548e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R720a9333fb5442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra41de362291d4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a26c0f61a0245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R64e157460c904402" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>