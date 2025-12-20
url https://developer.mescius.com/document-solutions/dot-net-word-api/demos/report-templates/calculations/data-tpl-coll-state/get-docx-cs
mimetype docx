--- v7 (2025-12-20)
+++ v8 (2025-12-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rde70835e9cc54c6b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra4be63ade2094e7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R47f7b39925c043e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcdbd27362bf046f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d2896ef12c44ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0271b9a420d463d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -1302,51 +1302,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R720a9333fb5442b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra41de362291d4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a26c0f61a0245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R64e157460c904402" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bfbf3f54b724e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra40c3cd9d6e04447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d90d6c7e5c9472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a4a1e1945e44174" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>