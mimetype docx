--- v8 (2025-12-20)
+++ v9 (2026-02-04)
@@ -1,764 +1,804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcdbd27362bf046f0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d2896ef12c44ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0271b9a420d463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6d523b4f83443f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R928dbd0d969946d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa1e2c47277a4a30" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Australasian Mediterranean Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>(first)</w:t>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>2</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Philippine Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>3</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Coral Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>4</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>South China Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>5</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Sargasso Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>6</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Caribbean Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>7</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Mediterranean Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>8</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Gulf of Guinea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>9</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Arabian Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>10</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Bay of Bengal</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>11</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Andaman Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>12</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Laccadive Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>13</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Weddell Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>14</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Somov Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>15</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Riiser-Larsen Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>16</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Lazarev Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>17</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Barents Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>18</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Greenland Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>19</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>East Siberian Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>20</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>20</w:t>
+        <w:t/>
+        <w:t>20</w:t>
+        <w:t/>
       </w:r>
       <w:r>
         <w:t>:</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Kara Sea</w:t>
       </w:r>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>(last)</w:t>
       </w:r>
       <w:r/>
       <w:r/>
     </w:p>
     <w:sectPr>
@@ -1302,51 +1342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3bfbf3f54b724e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra40c3cd9d6e04447" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9d90d6c7e5c9472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5a4a1e1945e44174" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b4bc25ab4e546f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf59ee71ff0014d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b7e0e6d6444432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf21b9d4fdd044e20" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>