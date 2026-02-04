--- v9 (2026-02-04)
+++ v10 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf6d523b4f83443f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R928dbd0d969946d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfa1e2c47277a4a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R422c0439e5c04df6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec05998e7b3c4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59d3985eb7e4491b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>20</w:t>
         <w:t/>
       </w:r>
@@ -1342,51 +1342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9b4bc25ab4e546f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf59ee71ff0014d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9b7e0e6d6444432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf21b9d4fdd044e20" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1d005ca7e994895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc769b676461645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f10225b49ce4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f4c2706df6441d7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>