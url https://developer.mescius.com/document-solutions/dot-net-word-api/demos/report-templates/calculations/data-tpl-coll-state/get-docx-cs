--- v10 (2026-02-04)
+++ v11 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R422c0439e5c04df6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec05998e7b3c4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R59d3985eb7e4491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7492dba0626e400f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0cfe2117cc44ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R470c8070c7784f8b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>20</w:t>
         <w:t/>
       </w:r>
@@ -1342,51 +1342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1d005ca7e994895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc769b676461645cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9f10225b49ce4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f4c2706df6441d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcf9b2f849ac0492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R369f498676034d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R50bce790cacf465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6c25ae7334de4f4d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>