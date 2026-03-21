--- v11 (2026-03-21)
+++ v12 (2026-03-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7492dba0626e400f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra0cfe2117cc44ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R470c8070c7784f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc951d282053649e0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd924d9dbad534f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R274dbe1e08fc4224" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Record</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
         <w:t>of</w:t>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t/>
         <w:t>20</w:t>
         <w:t/>
       </w:r>
@@ -1342,51 +1342,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rcf9b2f849ac0492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R369f498676034d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R50bce790cacf465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6c25ae7334de4f4d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6edab7595d0d43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5c8219b9a7354493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re10e888fe67b43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ec51ff38a2e49ef" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>