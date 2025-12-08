--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,558 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d6c16762d4e40cd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9e50269b91f44daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5657569c845d4ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf53cf9f41e494941" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09626f303fb1453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9d2552065b24545" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tempus</w:t>
+        <w:t>pulvinar</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pharetra</w:t>
+        <w:t>lorem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>dolore</w:t>
+        <w:t>turpis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>116</w:t>
+        <w:t>112</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>tempuspharetradolore</w:t>
+        <w:t>pulvinarloremturpis</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>True</w:t>
+        <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">EndsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>True</w:t>
+        <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>tepharetrampus</w:t>
+        <w:t>pulloremvinar</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>5</w:t>
+        <w:t>-1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>5</w:t>
+        <w:t>-1</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LCase</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Len</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>6</w:t>
+        <w:t>8</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>      tempus</w:t>
+        <w:t>    pulvinar</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!!!!!!tempus</w:t>
+        <w:t>!!!!pulvinar</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>mpus</w:t>
+        <w:t>lvinar</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>m</w:t>
+        <w:t>l</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>te</w:t>
+        <w:t>pu</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tepus</w:t>
+        <w:t>puvinar</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tempus      </w:t>
+        <w:t>pulvinar    </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tempus!!!!!!</w:t>
+        <w:t>pulvinar!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>supmet</w:t>
+        <w:t>ranivlup</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbc061d4819ac4910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd5d3701c85ca4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb4eb4984a4c4429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcda8e7432d4843d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cbcd34a94274942" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f3b676f029848ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb94b476fbeb4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R361e38787f6a4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R473d04dc1f6046c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f8cdc7d11af4265" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>