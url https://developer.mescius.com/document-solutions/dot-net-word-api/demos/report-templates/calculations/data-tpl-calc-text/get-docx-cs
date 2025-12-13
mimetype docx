--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,176 +1,176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf53cf9f41e494941" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09626f303fb1453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra9d2552065b24545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra496a962ccce4763" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ccad6bd3afb428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4817101f16b741e7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pulvinar</w:t>
+        <w:t>dolore</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>lorem</w:t>
+        <w:t>euismod</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>turpis</w:t>
+        <w:t>ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>112</w:t>
+        <w:t>100</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>pulvinarloremturpis</w:t>
+        <w:t>doloreeuismodipsum</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
@@ -193,51 +193,51 @@
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>pulloremvinar</w:t>
+        <w:t>doeuismodlore</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>-1</w:t>
         <w:t/>
       </w:r>
@@ -279,280 +279,280 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Len</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>8</w:t>
+        <w:t>6</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>    pulvinar</w:t>
+        <w:t>      dolore</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!!!!pulvinar</w:t>
+        <w:t>!!!!!!dolore</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>lvinar</w:t>
+        <w:t>lore</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>l</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>pu</w:t>
+        <w:t>do</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>puvinar</w:t>
+        <w:t>doore</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>pulvinar    </w:t>
+        <w:t>dolore      </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>pulvinar!!!!</w:t>
+        <w:t>dolore!!!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ranivlup</w:t>
+        <w:t>erolod</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f3b676f029848ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Reb94b476fbeb4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R361e38787f6a4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R473d04dc1f6046c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8f8cdc7d11af4265" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3d30290fbb0e4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40c788b64d574e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R78662f2af54b4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R65478d72816e4ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb72c30b794044d00" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>