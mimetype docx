--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,558 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra496a962ccce4763" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0ccad6bd3afb428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4817101f16b741e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e08960cd7124a34" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc23491920cb450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R769f69d89e674aec" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>dolore</w:t>
+        <w:t>ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>euismod</w:t>
+        <w:t>pulvinar</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>ipsum</w:t>
+        <w:t>turpis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asc</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>105</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Concat</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>ipsumpulvinarturpis</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contains</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">EndsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Insert</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>ipspulvinarum</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
         <w:t>2</w:t>
-      </w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>-1</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LCase</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>lorem ipsum!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Len</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>5</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>       ipsum</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>!!!!!!!ipsum</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>sum</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>s</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>ip</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>ipum</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Replace</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>ipsumipsumlobortis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>ipsum       </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>ipsum!!!!!!!</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">StartsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EndsWith</w:t>
-[...336 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>erolod</w:t>
+        <w:t>muspi</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3d30290fbb0e4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R40c788b64d574e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R78662f2af54b4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R65478d72816e4ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb72c30b794044d00" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a325e5feb044ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf821ed06c1a34ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12e67db95a3c4a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R07c3df05956244ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f58401b88944cc2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>