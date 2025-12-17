--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,266 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e08960cd7124a34" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc23491920cb450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R769f69d89e674aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8182de746dd04df0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R168a98716500474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R83570dd18b944e6f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>ipsum</w:t>
+        <w:t>aliquet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pulvinar</w:t>
+        <w:t>massa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>turpis</w:t>
+        <w:t>tincidunt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>105</w:t>
+        <w:t>97</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>ipsumpulvinarturpis</w:t>
+        <w:t>aliquetmassatincidunt</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>True</w:t>
+        <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">EndsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>ipspulvinarum</w:t>
+        <w:t>almassaiquet</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>2</w:t>
+        <w:t>-1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>-1</w:t>
         <w:t/>
         <w:t/>
       </w:r>
@@ -279,280 +279,280 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Len</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>5</w:t>
+        <w:t>7</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>       ipsum</w:t>
+        <w:t>     aliquet</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!!!!!!!ipsum</w:t>
+        <w:t>!!!!!aliquet</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>sum</w:t>
+        <w:t>iquet</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>s</w:t>
+        <w:t>i</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ip</w:t>
+        <w:t>al</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ipum</w:t>
+        <w:t>alquet</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ipsum       </w:t>
+        <w:t>aliquet     </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>ipsum!!!!!!!</w:t>
+        <w:t>aliquet!!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>muspi</w:t>
+        <w:t>teuqila</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a325e5feb044ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf821ed06c1a34ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R12e67db95a3c4a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R07c3df05956244ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f58401b88944cc2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbdf33316c904655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfbb42571b16943be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd62044439ac44ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb3a562624b704c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ed487cd310443b3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>