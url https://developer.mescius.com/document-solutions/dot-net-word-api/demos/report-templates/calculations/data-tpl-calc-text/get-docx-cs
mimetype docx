--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,558 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8182de746dd04df0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R168a98716500474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R83570dd18b944e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf046a7768384f35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R65cdb4324a0a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4483bc305474973" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>aliquet</w:t>
+        <w:t>consectetur</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>massa</w:t>
+        <w:t>feugiat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tincidunt</w:t>
+        <w:t>mauris</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>97</w:t>
+        <w:t>99</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>aliquetmassatincidunt</w:t>
+        <w:t>consecteturfeugiatmauris</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">EndsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EndsWith</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+        <w:t xml:space="preserve">Insert</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>consfeugiatectetur</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>-1</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LCase</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>lorem ipsum!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Len</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>11</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t> consectetur</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>!consectetur</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>nsectetur</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>n</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>co</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>cosectetur</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Replace</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>ipsumipsumlobortis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>consectetur </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>consectetur!</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">StartsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Insert</w:t>
-[...315 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>teuqila</w:t>
+        <w:t>rutetcesnoc</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbbdf33316c904655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfbb42571b16943be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd62044439ac44ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb3a562624b704c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2ed487cd310443b3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9a2ef6612d7492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4b602d2ac8004054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R182ec59c9b704191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1fc3c01f91e46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf407afdafae44ab" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>