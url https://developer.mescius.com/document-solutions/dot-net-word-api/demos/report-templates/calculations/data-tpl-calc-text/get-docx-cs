--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,266 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf046a7768384f35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R65cdb4324a0a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra4483bc305474973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d08061a5be94db0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bc38acd3f6e4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R477993b5c5214f81" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>consectetur</w:t>
+        <w:t>pharetra</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>feugiat</w:t>
+        <w:t>donec</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>mauris</w:t>
+        <w:t>felis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>99</w:t>
+        <w:t>112</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>consecteturfeugiatmauris</w:t>
+        <w:t>pharetradonecfelis</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>True</w:t>
+        <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">EndsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>consfeugiatectetur</w:t>
+        <w:t>pdonecharetra</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>3</w:t>
+        <w:t>-1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>-1</w:t>
         <w:t/>
         <w:t/>
       </w:r>
@@ -279,280 +279,280 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Len</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>11</w:t>
+        <w:t>8</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t> consectetur</w:t>
+        <w:t>    pharetra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!consectetur</w:t>
+        <w:t>!!!!pharetra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>nsectetur</w:t>
+        <w:t>aretra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>n</w:t>
+        <w:t>a</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>co</w:t>
+        <w:t>ph</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>cosectetur</w:t>
+        <w:t>phretra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>consectetur </w:t>
+        <w:t>pharetra    </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>consectetur!</w:t>
+        <w:t>pharetra!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>rutetcesnoc</w:t>
+        <w:t>arterahp</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re9a2ef6612d7492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4b602d2ac8004054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R182ec59c9b704191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re1fc3c01f91e46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Raf407afdafae44ab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5e8089a5ffc24993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra7e683cee6dd4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3625ab0cb68a4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1e1f0162fd6348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd6b8efd4ac440ae" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>