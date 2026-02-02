--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,558 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d08061a5be94db0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bc38acd3f6e4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R477993b5c5214f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93c2491e2a0146ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae9b99dcb0144f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77d947ee386a46d6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pharetra</w:t>
+        <w:t>praesent</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>donec</w:t>
+        <w:t>lorem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>felis</w:t>
+        <w:t>magna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>112</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>pharetradonecfelis</w:t>
+        <w:t>praesentloremmagna</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">EndsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EndsWith</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
+        <w:t xml:space="preserve">Insert</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+        <w:t>prloremaesent</w:t>
+        <w:t/>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>4</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">InStr</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>4</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LCase</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>lorem ipsum!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Len</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Len(ds.a)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>8</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>    praesent</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">LSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>!!!!praesent</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>aesent</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mid</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>a</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>pr</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Remove</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>present</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Replace</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>ipsumipsumlobortis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>praesent    </w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">RSet</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>praesent!!!!</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">StartsWith</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Insert</w:t>
-[...315 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>arterahp</w:t>
+        <w:t>tnesearp</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1294,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5e8089a5ffc24993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra7e683cee6dd4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3625ab0cb68a4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1e1f0162fd6348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd6b8efd4ac440ae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3da2c19107344fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R91719f31ef6f45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3a91e4571b654177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfac7a4de5c0e40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e18cc85c9b24692" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>