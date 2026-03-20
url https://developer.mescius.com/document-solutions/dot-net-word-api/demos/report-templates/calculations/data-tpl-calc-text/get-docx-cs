--- v7 (2026-02-02)
+++ v8 (2026-03-20)
@@ -1,288 +1,328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R93c2491e2a0146ab" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rae9b99dcb0144f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77d947ee386a46d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a3fbfd138fc43d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc19c65fc4d9c4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e9e44d55862492e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string values. Please see this sample source code for full details.</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Data</w:t>
+        <w:t>This example demonstrates the available text functions that can be used with the 'calc' report templates feature to perform various operations on strings.For example, to insert the concatenation of three text data fields, the template '{{calc Concat(ds.a, ds.b, ds.c)}}' can be used. The data source used in this demo contains a single record with random string and numeric values shown by the first items in the list below. Please see this sample source code for full details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data field a</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>praesent</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Data</w:t>
+        <w:t>pharetra</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data field b</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>lorem</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Data</w:t>
+        <w:t>tempus</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data field c</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.c}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>magna</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Data</w:t>
+        <w:t>felis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data field n</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.n}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data field q</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{ds.q}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>euismod"ullamcorper</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asc</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Asc(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>112</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concat</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Concat(ds.a, ds.b, ds.c)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>praesentloremmagna</w:t>
+        <w:t>pharetratempusfelis</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Contains</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Contains(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contains '"'</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Contains(ds.q, Chr(34))}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
         <w:t>True</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">EndsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc EndsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Insert</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Insert(ds.a, ds.n, ds.b)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t/>
-        <w:t>prloremaesent</w:t>
+        <w:t>phatempusretra</w:t>
         <w:t/>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>4</w:t>
+        <w:t>-1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">InStr</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc InStr(ds.a, "s", ds.n)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4</w:t>
+        <w:t>-1</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LCase</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LCase("Lorem Ipsum!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>lorem ipsum!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -300,259 +340,280 @@
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>8</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>    praesent</w:t>
+        <w:t>    pharetra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">LSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc LSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>!!!!praesent</w:t>
+        <w:t>!!!!pharetra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>aesent</w:t>
+        <w:t>aretra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mid</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Mid(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>a</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>pr</w:t>
+        <w:t>ph</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Remove</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Remove(ds.a, 2, 1)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>present</w:t>
+        <w:t>phretra</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Replace</w:t>
         <w:tab/>
-        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem","ipsum")}} :  </w:t>
+        <w:t xml:space="preserve">{​​​​{calc Replace("loremipsumlobortis", "lorem", "ipsum")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>ipsumipsumlobortis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">Replace "'"</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc Replace(ds.q, Chr(34), "-")}} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>euismod-ullamcorper</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>praesent    </w:t>
+        <w:t>pharetra    </w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RSet</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc RSet(ds.a, 12, "!")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>praesent!!!!</w:t>
+        <w:t>pharetra!!!!</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StartsWith</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StartsWith(ds.a, "s")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">StrReverse</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc StrReverse(ds.a)}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>tnesearp</w:t>
+        <w:t>arterahp</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Trim</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc Trim("  Lorem Ipsum  ")}} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>Lorem Ipsum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -1294,51 +1355,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3da2c19107344fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R91719f31ef6f45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3a91e4571b654177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfac7a4de5c0e40db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e18cc85c9b24692" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R262ee4e7c6be4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1a9584f00e334d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc05228f437d4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R706fa06ade114f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rca6daf2f37dd4ea6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>