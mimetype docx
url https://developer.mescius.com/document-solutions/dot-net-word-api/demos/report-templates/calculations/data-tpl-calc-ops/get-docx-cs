--- v0 (2025-10-21)
+++ v1 (2025-12-13)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8ffdad6c5b154b30" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R76c0fcdf90dc4e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93865093ad1c48a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d64fc15b9e6405b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8b31a347496486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85159c42c2784702" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9218.18</w:t>
+        <w:t>10509.92</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>21583.09</w:t>
+        <w:t>701.62</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>pulvinar</w:t>
+        <w:t>tempus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>non</w:t>
+        <w:t>adipiscing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>30801.27</w:t>
+        <w:t>11211.54</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-12364.91</w:t>
+        <w:t>9808.3</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>198956808.5762</w:t>
+        <w:t>7373970.070400001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.42710195806068546</w:t>
+        <w:t>14.979504575126137</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9218</w:t>
+        <w:t>687</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>pulvinarnon</w:t>
+        <w:t>tempusadipiscing</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rff7bd165f73a48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R85bd06b3619747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R978cb35adcad4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Raf2cc54d8c6041cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R1e25706d98f246e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra5965842aafa4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd002463ab1d417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R790039ab85fe491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R80689783bd534453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95fa72a6e91043d0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>