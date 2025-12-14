--- v1 (2025-12-13)
+++ v2 (2025-12-14)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d64fc15b9e6405b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra8b31a347496486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R85159c42c2784702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb403ac88c8624767" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ffe47695ec64b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R809a16db145a448a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10509.92</w:t>
+        <w:t>54984.62</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>701.62</w:t>
+        <w:t>11739.65</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tempus</w:t>
+        <w:t>molestie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>adipiscing</w:t>
+        <w:t>elit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11211.54</w:t>
+        <w:t>66724.27</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9808.3</w:t>
+        <w:t>43244.97</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>7373970.070400001</w:t>
+        <w:t>645500194.183</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>14.979504575126137</w:t>
+        <w:t>4.683667741372187</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>687</w:t>
+        <w:t>8026</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>tempusadipiscing</w:t>
+        <w:t>molestieelit</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra5965842aafa4bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd002463ab1d417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R790039ab85fe491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R80689783bd534453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95fa72a6e91043d0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R501b1884dab649f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f874341e6fc4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R493262602d3d487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4f8c612a1d934774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80aaab957bac4b97" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>