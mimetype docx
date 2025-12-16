--- v2 (2025-12-14)
+++ v3 (2025-12-16)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb403ac88c8624767" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ffe47695ec64b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R809a16db145a448a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd88dbec210e6457a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re17224b57e434963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb31eea42cff0404d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>54984.62</w:t>
+        <w:t>19220.54</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11739.65</w:t>
+        <w:t>23338.08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>molestie</w:t>
+        <w:t>ac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>elit</w:t>
+        <w:t>sed</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>66724.27</w:t>
+        <w:t>42558.62</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>43244.97</w:t>
+        <w:t>-4117.540000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>645500194.183</w:t>
+        <w:t>448570500.1632001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.683667741372187</w:t>
+        <w:t>0.8235698909250461</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8026</w:t>
+        <w:t>19220</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>molestieelit</w:t>
+        <w:t>acsed</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R501b1884dab649f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f874341e6fc4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R493262602d3d487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4f8c612a1d934774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R80aaab957bac4b97" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ccd509b33234a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcbe5197088fa4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cfb681c5a9342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R58d84193a4f74716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5e7503efd23b4fc7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>