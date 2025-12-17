--- v3 (2025-12-16)
+++ v4 (2025-12-17)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd88dbec210e6457a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re17224b57e434963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb31eea42cff0404d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b3460a05e414393" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f085a39c1604a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d062546d8604e8f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19220.54</w:t>
+        <w:t>6223.5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23338.08</w:t>
+        <w:t>1939.51</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>ac</w:t>
+        <w:t>tempus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>sed</w:t>
+        <w:t>eget</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>42558.62</w:t>
+        <w:t>8163.01</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-4117.540000000001</w:t>
+        <w:t>4283.99</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>448570500.1632001</w:t>
+        <w:t>12070540.485</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.8235698909250461</w:t>
+        <w:t>3.208800160865373</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>19220</w:t>
+        <w:t>404</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>acsed</w:t>
+        <w:t>tempuseget</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ccd509b33234a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcbe5197088fa4bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3cfb681c5a9342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R58d84193a4f74716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5e7503efd23b4fc7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33c8c2ab59634514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R25a068c5db1246d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07679059a2d148a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3043a8209daf4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3fab2e0d4b84494f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>