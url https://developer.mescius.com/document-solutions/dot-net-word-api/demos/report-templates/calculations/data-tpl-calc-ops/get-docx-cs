--- v4 (2025-12-17)
+++ v5 (2025-12-19)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b3460a05e414393" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f085a39c1604a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1d062546d8604e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb02fed419508404e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R902d3ea97d7b474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5421aa231666499a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6223.5</w:t>
+        <w:t>47881.53</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1939.51</w:t>
+        <w:t>5282.04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tempus</w:t>
+        <w:t>consectetur</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>eget</w:t>
+        <w:t>sed</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8163.01</w:t>
+        <w:t>53163.57</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4283.99</w:t>
+        <w:t>42599.49</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12070540.485</w:t>
+        <w:t>252912156.7212</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3.208800160865373</w:t>
+        <w:t>9.064969216439103</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>404</w:t>
+        <w:t>343</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>tempuseget</w:t>
+        <w:t>consectetursed</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R33c8c2ab59634514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R25a068c5db1246d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07679059a2d148a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3043a8209daf4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3fab2e0d4b84494f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03de48120cb84c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12358d177cbc4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6b87356166c940c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R17d87cfd75d3496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5810d8fe5e814cf9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>