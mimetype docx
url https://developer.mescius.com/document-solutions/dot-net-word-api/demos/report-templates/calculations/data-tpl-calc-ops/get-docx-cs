--- v5 (2025-12-19)
+++ v6 (2025-12-19)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb02fed419508404e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R902d3ea97d7b474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5421aa231666499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4357d4ed1a574de6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d935ac51de44476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb39f2a82e0404d8d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>47881.53</w:t>
+        <w:t>8329.5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5282.04</w:t>
+        <w:t>2773.52</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>consectetur</w:t>
+        <w:t>sem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>sed</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>53163.57</w:t>
+        <w:t>11103.02</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>42599.49</w:t>
+        <w:t>5555.98</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>252912156.7212</w:t>
+        <w:t>23102034.84</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9.064969216439103</w:t>
+        <w:t>3.0032233407366813</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>343</w:t>
+        <w:t>8</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>consectetursed</w:t>
+        <w:t>semsed</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R03de48120cb84c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R12358d177cbc4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6b87356166c940c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R17d87cfd75d3496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5810d8fe5e814cf9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R812d947dba6d4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0e872a9e7e9f47a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R21ecdc2ebd4c4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9b53ca558a9c4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re539f7bea9744fb2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>