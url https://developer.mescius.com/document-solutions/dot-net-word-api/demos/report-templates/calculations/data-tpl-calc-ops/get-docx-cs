--- v6 (2025-12-19)
+++ v7 (2026-02-03)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4357d4ed1a574de6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7d935ac51de44476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb39f2a82e0404d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R728d8f4c9fbb486f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re31c466d96b84b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc6da6808605f4271" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8329.5</w:t>
+        <w:t>477.97</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2773.52</w:t>
+        <w:t>737.58</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>sem</w:t>
+        <w:t>volutpat</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>sed</w:t>
+        <w:t>aliquam</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11103.02</w:t>
+        <w:t>1215.5500000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>5555.98</w:t>
+        <w:t>-259.61</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>23102034.84</w:t>
+        <w:t>352541.11260000005</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3.0032233407366813</w:t>
+        <w:t>0.6480246210580547</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8</w:t>
+        <w:t>477</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>semsed</w:t>
+        <w:t>volutpataliquam</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>False</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R812d947dba6d4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0e872a9e7e9f47a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R21ecdc2ebd4c4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9b53ca558a9c4f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re539f7bea9744fb2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1fc290e77f44a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b03508a51cd4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5ddd6ac63ab3462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R06e40243ac0249e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5eb77d64c72465e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>