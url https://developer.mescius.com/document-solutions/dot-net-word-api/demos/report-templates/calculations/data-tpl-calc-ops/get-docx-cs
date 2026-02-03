--- v7 (2026-02-03)
+++ v8 (2026-02-03)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R728d8f4c9fbb486f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re31c466d96b84b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc6da6808605f4271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60dac303492046dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06660e86263e4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R762e54196227437a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>477.97</w:t>
+        <w:t>4843.58</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>737.58</w:t>
+        <w:t>27112.5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>volutpat</w:t>
+        <w:t>sit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>aliquam</w:t>
+        <w:t>proin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1215.5500000000002</w:t>
+        <w:t>31956.08</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-259.61</w:t>
+        <w:t>-22268.92</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>352541.11260000005</w:t>
+        <w:t>131321562.75</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.6480246210580547</w:t>
+        <w:t>0.17864748732134625</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>477</w:t>
+        <w:t>4843</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>volutpataliquam</w:t>
+        <w:t>sitproin</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd1fc290e77f44a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7b03508a51cd4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5ddd6ac63ab3462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R06e40243ac0249e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc5eb77d64c72465e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re0059fa7c1f348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd044614e5eb04966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfbb8f3edeac0402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2642c7d6e3d1410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd82da34c3dcc4e37" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>