--- v8 (2026-02-03)
+++ v9 (2026-03-20)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R60dac303492046dd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R06660e86263e4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R762e54196227437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R414987104d2441b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bf0d3c83c934a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R27b6945598c64709" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4843.58</w:t>
+        <w:t>3941.6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>27112.5</w:t>
+        <w:t>20802.27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>sit</w:t>
+        <w:t>tellus</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>proin</w:t>
+        <w:t>nisi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>31956.08</w:t>
+        <w:t>24743.87</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-22268.92</w:t>
+        <w:t>-16860.670000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>131321562.75</w:t>
+        <w:t>81994227.432</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.17864748732134625</w:t>
+        <w:t>0.18947932124715233</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4843</w:t>
+        <w:t>3941</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>sitproin</w:t>
+        <w:t>tellusnisi</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re0059fa7c1f348cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd044614e5eb04966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfbb8f3edeac0402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2642c7d6e3d1410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd82da34c3dcc4e37" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b9ece7be73a4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra707589531c24164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf3049c114fc542d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2bca462889184c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9aea3b3f450b4533" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>