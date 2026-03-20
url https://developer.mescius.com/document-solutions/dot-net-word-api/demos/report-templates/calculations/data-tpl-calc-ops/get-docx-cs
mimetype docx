--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,279 +1,279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R414987104d2441b0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7bf0d3c83c934a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R27b6945598c64709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8cfd80071983497c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R56b9837a543b4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6f1436aadba84bad" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available binary and unary operators that can be used with the 'calc' report templates feature to perform various operations on data.For example, to insert the remainder of the division of two data fields, the template '{{calc ds.a Mod ds.b)}}' can be used. The data source used in this demo contains a single record with random decimal and string values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.a}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3941.6</w:t>
+        <w:t>11322.39</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>20802.27</w:t>
+        <w:t>10694.65</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.ta}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>tellus</w:t>
+        <w:t>dolore</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>nisi</w:t>
+        <w:t>pulvinar</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Add</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a + ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>24743.87</w:t>
+        <w:t>22017.04</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subtract</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a - ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-16860.670000000002</w:t>
+        <w:t>627.7399999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiply</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a * ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>81994227.432</w:t>
+        <w:t>121088998.2135</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Divide</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a / ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.18947932124715233</w:t>
+        <w:t>1.0586966380386456</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Modulus</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a Mod ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3941</w:t>
+        <w:t>627</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Concatenate</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.ta &amp; ds.tb}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>tellusnisi</w:t>
+        <w:t>dolorepulvinar</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Equal</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a = ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
         <w:t/>
@@ -301,123 +301,123 @@
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Greater than</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a &gt; ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
+        <w:t>True</w:t>
+        <w:t/>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Less than</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt; ds.b}}:</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t/>
         <w:t>False</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Greater or equal</w:t>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">{​​​​{calc ds.a &gt;= ds.b}}:</w:t>
+        <w:t xml:space="preserve">Less or equal</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">{​​​​{calc ds.a &lt;= ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>False</w:t>
-        <w:t/>
-[...46 lines deleted...]
-        <w:t>True</w:t>
         <w:t/>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Logical And</w:t>
         <w:tab/>
         <w:t xml:space="preserve">{​​​​{calc ds.a And ds.b}}:</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
         <w:t>True</w:t>
         <w:t/>
@@ -1193,51 +1193,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b9ece7be73a4bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra707589531c24164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf3049c114fc542d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2bca462889184c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9aea3b3f450b4533" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6dacfa38875549da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R197d4db28f134cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R07ddcf2e9eb845a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R75800e936f3e4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb3c444da51934e85" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>