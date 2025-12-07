--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rdcfbe6adfe9342c0" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re5a80213884142b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8edcce819f7a4e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b8313f98a114818" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e03a913925e480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re412ce35d448477b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1158283865</w:t>
+        <w:t>2135613307</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>54</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R417fa750fb7b480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4507f3b73a594e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd71a22da5c50415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R995c055c11564f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfe61d635b84846c9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbad75d52c4274045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10b03bb6221f42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R010855a4c8a24a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8b74b4c2f46d42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50b3e01c6ae84258" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>