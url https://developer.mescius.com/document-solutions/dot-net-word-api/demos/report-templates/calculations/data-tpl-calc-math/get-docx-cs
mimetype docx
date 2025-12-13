--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b8313f98a114818" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0e03a913925e480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re412ce35d448477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5684f98b4950442e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ab9e3cb71c54b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0e9a0bed8d94462c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2135613307</w:t>
+        <w:t>81715516</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>54</w:t>
+        <w:t>93</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbad75d52c4274045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R10b03bb6221f42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R010855a4c8a24a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8b74b4c2f46d42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50b3e01c6ae84258" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7cb0a6a3b574cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra9959024b8974d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ad87716949347a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6b245d43c2aa4f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R047abdcecfd84c94" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>