--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5684f98b4950442e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8ab9e3cb71c54b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0e9a0bed8d94462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re80de1a5830e4cea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a82a5e300b24a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc64ec40d3c984fc0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>81715516</w:t>
+        <w:t>716319620</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>93</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd7cb0a6a3b574cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra9959024b8974d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6ad87716949347a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6b245d43c2aa4f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R047abdcecfd84c94" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1f6f665f9bc948bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcefe5ba63f5a4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9008b2b34d00410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb68e3fdd02b24250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65780f55ac7c45e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>