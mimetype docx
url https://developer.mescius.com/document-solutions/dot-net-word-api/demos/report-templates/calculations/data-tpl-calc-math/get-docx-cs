--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re80de1a5830e4cea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9a82a5e300b24a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc64ec40d3c984fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R084367bba9584090" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc18aa92e04094ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77514c6ca0f741cf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>716319620</w:t>
+        <w:t>766406594</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1f6f665f9bc948bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcefe5ba63f5a4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9008b2b34d00410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb68e3fdd02b24250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R65780f55ac7c45e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86fb18e9c99d474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22e15c296efe4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd285ba3c2fe7452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb0cdad7a50cb435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc874fb23a0a49f6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>