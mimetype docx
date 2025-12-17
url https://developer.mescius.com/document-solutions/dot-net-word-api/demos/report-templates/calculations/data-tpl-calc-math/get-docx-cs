--- v4 (2025-12-17)
+++ v5 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R084367bba9584090" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc18aa92e04094ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R77514c6ca0f741cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc868a148679f4f89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8b79037de824023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1a7b185c84e4651" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>766406594</w:t>
+        <w:t>2009195857</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>85</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R86fb18e9c99d474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R22e15c296efe4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd285ba3c2fe7452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb0cdad7a50cb435d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbc874fb23a0a49f6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5eac8951c7104bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2c73543237949e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62446d542dfe45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R681cd811bfc04d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78dc5a274f22469b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>