--- v5 (2025-12-17)
+++ v6 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc868a148679f4f89" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8b79037de824023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb1a7b185c84e4651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra266d5b281254bfc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb986aca2a61c4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7f65901551fa4a71" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2009195857</w:t>
+        <w:t>1809329091</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>85</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5eac8951c7104bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb2c73543237949e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R62446d542dfe45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R681cd811bfc04d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R78dc5a274f22469b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R461c355cbff942ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R740c77dc3ed84d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ffb158377b84875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf29343ad68584411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcce143fd22124882" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>