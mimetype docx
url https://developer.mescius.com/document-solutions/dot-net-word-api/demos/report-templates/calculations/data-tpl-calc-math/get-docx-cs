--- v6 (2025-12-18)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra266d5b281254bfc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb986aca2a61c4291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7f65901551fa4a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5cfb03a1ec14082" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e85086ee7947d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60ef76fbda6b4140" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1809329091</w:t>
+        <w:t>1057959025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>73</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R461c355cbff942ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R740c77dc3ed84d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4ffb158377b84875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf29343ad68584411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcce143fd22124882" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44d1593e1f0c45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f310bdd4e5441a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda7ca7661a734678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R99d54b6f1a2d4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36346a488ab14b50" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>