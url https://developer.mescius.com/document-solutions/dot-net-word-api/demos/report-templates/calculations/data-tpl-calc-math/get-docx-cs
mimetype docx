--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd5cfb03a1ec14082" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R74e85086ee7947d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60ef76fbda6b4140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7477085a7d7e427b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9aed55af2fd3429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb39fbf018ed549a6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1057959025</w:t>
+        <w:t>1128480652</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>73</w:t>
+        <w:t>90</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R44d1593e1f0c45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5f310bdd4e5441a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rda7ca7661a734678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R99d54b6f1a2d4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36346a488ab14b50" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1704496e508a4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R874e0cd5902b4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8893bdb77e894689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re5cb6936ab834032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5e17fe14ea049a8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>