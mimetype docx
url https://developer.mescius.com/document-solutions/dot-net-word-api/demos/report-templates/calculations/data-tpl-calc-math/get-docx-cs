--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7477085a7d7e427b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9aed55af2fd3429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb39fbf018ed549a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2238c036fa154bbd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e265fb380ab457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9710561171e247ae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1128480652</w:t>
+        <w:t>1675927341</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>90</w:t>
+        <w:t>66</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1704496e508a4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R874e0cd5902b4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8893bdb77e894689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re5cb6936ab834032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra5e17fe14ea049a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ef8f3701bff4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re711c4635fb14968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R154c5694bcc449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1640eb0fc6fd400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b73ac6758cc42a9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>