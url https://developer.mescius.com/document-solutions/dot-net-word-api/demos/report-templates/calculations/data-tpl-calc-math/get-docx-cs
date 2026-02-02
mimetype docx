--- v9 (2026-02-02)
+++ v10 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2238c036fa154bbd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3e265fb380ab457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9710561171e247ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf099854d834d4311" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R28454eca175548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6720ef4e8bf5420b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -326,68 +326,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1675927341</w:t>
+        <w:t>2056166478</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>66</w:t>
+        <w:t>93</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1201,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7ef8f3701bff4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re711c4635fb14968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R154c5694bcc449dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1640eb0fc6fd400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7b73ac6758cc42a9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4defdb7850d444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R11f7335954d14389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a82d2d9d7ce444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbf89a825d0434a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92bec6c345e14823" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>