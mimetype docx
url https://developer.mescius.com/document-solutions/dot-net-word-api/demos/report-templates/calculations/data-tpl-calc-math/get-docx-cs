--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf099854d834d4311" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R28454eca175548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6720ef4e8bf5420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R65d8ace7d1234662" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rabb41e5cc057404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9c6cb859080e44a2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc math functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available math functions that can be used with the 'calc' report templates feature. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -73,50 +73,183 @@
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>3.14</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "banker") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.14</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "halfup") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.14</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "halfdown") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.14</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "up") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.15</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "down") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.14</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "ceiling") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.15</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc Round(ds.value, 2, "floor") }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t/>
+        <w:t>3.14</w:t>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Acos(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>NaN</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Asin(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
@@ -326,68 +459,68 @@
         <w:t xml:space="preserve">{​​​​{ calc Pow(ds.value, 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>9.869604401089358</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Rand() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2056166478</w:t>
+        <w:t>230949355</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc RandBetween(0, 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>93</w:t>
+        <w:t>62</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sign(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t>1</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -1201,51 +1334,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4defdb7850d444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R11f7335954d14389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7a82d2d9d7ce444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbf89a825d0434a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R92bec6c345e14823" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbdde6e7dd49e418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbd6e9d0ecd554d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0b441426d12f4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R59c4e37b92cb4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rabdab972de704093" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>