--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc1c16ce118042c9" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf99db0a8f0ba4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra608b21ae1cb4612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45bb29cfb0bc4235" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7dc10f39a2d944d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra56a48e4b7a0430d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R32a52c3369554974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R904274d14c454f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a57375648904f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R66b75805f79742e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R781fb56034984001" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R352b0323701d40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73780a083b584c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R670d5647a1184d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc7ab70bbd4284fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra31bce4894b74582" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>