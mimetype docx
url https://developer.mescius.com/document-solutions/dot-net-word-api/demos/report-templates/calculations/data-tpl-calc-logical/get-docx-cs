--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R45bb29cfb0bc4235" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7dc10f39a2d944d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra56a48e4b7a0430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re36d430f0e994a78" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9b9db9ece6a4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafdde82554d340cc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R352b0323701d40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R73780a083b584c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R670d5647a1184d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc7ab70bbd4284fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra31bce4894b74582" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re4c1f79b29084f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R039e85a229a5402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra45413ad659443fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rec33bb65fd0b4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re28357da38ad4bd3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>