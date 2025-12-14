--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re36d430f0e994a78" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb9b9db9ece6a4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rafdde82554d340cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R508fe259b0d84ad3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88ad4acad07d4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R94d00b22d3874375" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re4c1f79b29084f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R039e85a229a5402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra45413ad659443fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rec33bb65fd0b4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re28357da38ad4bd3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b54a5698b194fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84170d0cad194420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Recd03efeea2a4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R32a8e022dccf41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01af399cc9964a94" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>