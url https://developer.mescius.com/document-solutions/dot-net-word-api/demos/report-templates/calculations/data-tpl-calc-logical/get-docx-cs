--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R508fe259b0d84ad3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R88ad4acad07d4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R94d00b22d3874375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5a3a2282fd449a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0be8f7fb27aa48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec8e05ddd304eae" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5b54a5698b194fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R84170d0cad194420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Recd03efeea2a4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R32a8e022dccf41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R01af399cc9964a94" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R14b2699c03784ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b22a087c82f4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0536e8222f8e4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra9ff1e00a90048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R850070851eb74ec2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>