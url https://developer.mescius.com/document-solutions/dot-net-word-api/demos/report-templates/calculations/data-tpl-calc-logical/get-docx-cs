--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb5a3a2282fd449a4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0be8f7fb27aa48bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ec8e05ddd304eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10f3d69752074513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra6ec9e4eb33e4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fade12bb646423b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R14b2699c03784ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8b22a087c82f4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0536e8222f8e4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra9ff1e00a90048f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R850070851eb74ec2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R89a2d6d34b8943a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R551d6fdf3372461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041ebb8d6bdf43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R32fb6d521c184a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71b8b445218240a8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>