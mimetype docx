--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10f3d69752074513" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra6ec9e4eb33e4744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8fade12bb646423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2cc811348fd64fb4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb74185f7f3ab40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ddb654b8c6c4c97" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R89a2d6d34b8943a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R551d6fdf3372461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R041ebb8d6bdf43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R32fb6d521c184a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R71b8b445218240a8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e923dcab81d4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf03880a5e23d4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5463dfcd79ac4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R139593c9d51945b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R279f95135427480b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>