--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2cc811348fd64fb4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb74185f7f3ab40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2ddb654b8c6c4c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc592886441684b81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5e616caaf384f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3cdc7bfae0674c52" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2e923dcab81d4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf03880a5e23d4086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5463dfcd79ac4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R139593c9d51945b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R279f95135427480b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c91cf98b3044d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1fc4ac3ee4f4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8e89c5f1670486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R90cad1e4f20341fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc8162da128d842b9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>