--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc592886441684b81" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc5e616caaf384f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3cdc7bfae0674c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra9dea417f62b486d" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f8ba2263e3846c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R93fbd9395b29416c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc logical functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available logical functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -804,51 +804,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4c91cf98b3044d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1fc4ac3ee4f4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb8e89c5f1670486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R90cad1e4f20341fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc8162da128d842b9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6048114a0559417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R41522272ecc04de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc923beeeb1f54b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4d1a65acb8454a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R944812988a684085" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>