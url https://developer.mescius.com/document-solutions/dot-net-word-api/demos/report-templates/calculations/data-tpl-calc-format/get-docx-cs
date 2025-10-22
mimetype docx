--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R71399d7f14eb457f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R801c93ab72a7474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd22d0389f2b342f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re72b25365f3a4342" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re67b8cb5fe454417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf606a2236ec54e18" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9485b18346af4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2b99e2f408124a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3b935e3a752444ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R51aef1008c124b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4cdf024256e741d9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6707c4e2aa3b44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda1e267e2de24c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14fc0c994aa44f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R295c4d6ce0e347e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rebf321f73ee54079" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>