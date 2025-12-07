--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re72b25365f3a4342" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re67b8cb5fe454417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf606a2236ec54e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R278fc5eb8c484d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a1d9e8b0f4b4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra27a33e7720449ff" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6707c4e2aa3b44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rda1e267e2de24c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14fc0c994aa44f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R295c4d6ce0e347e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rebf321f73ee54079" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70853b5c52db41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0df83d7fe8994e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6ff58481ddf4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R35ac42b316034b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd77cadd06f64273" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>