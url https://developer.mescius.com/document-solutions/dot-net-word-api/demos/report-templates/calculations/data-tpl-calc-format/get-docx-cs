--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R278fc5eb8c484d0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a1d9e8b0f4b4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra27a33e7720449ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re58f24c65455401a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf88b133cae88442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re29950bdc23c4a3a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R70853b5c52db41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0df83d7fe8994e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6ff58481ddf4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R35ac42b316034b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdd77cadd06f64273" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf554535e15c64df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra2825707f31d456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re0d5c06938be489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re34958599520465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c78394665d548c8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>