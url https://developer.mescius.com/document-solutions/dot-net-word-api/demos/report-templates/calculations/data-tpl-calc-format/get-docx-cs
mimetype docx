--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re58f24c65455401a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf88b133cae88442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re29950bdc23c4a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01fa1b8a1b304ea4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6176265cde64a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc87a77a00f8d4d0c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf554535e15c64df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra2825707f31d456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re0d5c06938be489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re34958599520465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2c78394665d548c8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R52b57913f9054f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R64dc4a0ce9774b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca281d1546644663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R22ab0f8147ec4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32b44c37ce434c66" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>