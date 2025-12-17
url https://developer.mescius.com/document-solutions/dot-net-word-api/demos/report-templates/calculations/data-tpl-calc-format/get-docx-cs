--- v4 (2025-12-14)
+++ v5 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R01fa1b8a1b304ea4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6176265cde64a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rc87a77a00f8d4d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4872590ada84472c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref003028cad542f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbeb8d2ad8cbe449d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R52b57913f9054f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R64dc4a0ce9774b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rca281d1546644663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R22ab0f8147ec4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32b44c37ce434c66" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R80f9aba2ebd948b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9c346678c8a4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a24e7b6d3d546ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb70caf282b2e40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R17b085e2567147e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>