--- v5 (2025-12-17)
+++ v6 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4872590ada84472c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ref003028cad542f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbeb8d2ad8cbe449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R176477ec11e741ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fb854dcd9b84119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f80d62605e94c7d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R80f9aba2ebd948b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf9c346678c8a4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a24e7b6d3d546ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb70caf282b2e40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R17b085e2567147e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R694c4e30710b4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a5cb0b2b6d047d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc606639cda94dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8193863723954264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R66b5cb4ad5e44b73" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>