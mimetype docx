--- v6 (2025-12-17)
+++ v7 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R176477ec11e741ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5fb854dcd9b84119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1f80d62605e94c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reefd8d5f63b9476a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6374d3b008bf4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R831f9d97df9a43b0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R694c4e30710b4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a5cb0b2b6d047d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rcc606639cda94dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8193863723954264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R66b5cb4ad5e44b73" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8366acddce15450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra46e020a64eb430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R28fbd9d0a0e34fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb277a7ed676c4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34afa273e7a74dd4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>