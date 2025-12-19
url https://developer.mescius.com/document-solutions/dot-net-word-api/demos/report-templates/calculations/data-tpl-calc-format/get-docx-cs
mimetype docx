--- v7 (2025-12-18)
+++ v8 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reefd8d5f63b9476a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6374d3b008bf4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R831f9d97df9a43b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R94be554462464998" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23c31dd1cb914e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5720bae833ef49be" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8366acddce15450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra46e020a64eb430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R28fbd9d0a0e34fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb277a7ed676c4076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34afa273e7a74dd4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f8d10a59b614a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9bb060c629c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb24714fc0b4f4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf8ffa7a2f271453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb343101727444d3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>