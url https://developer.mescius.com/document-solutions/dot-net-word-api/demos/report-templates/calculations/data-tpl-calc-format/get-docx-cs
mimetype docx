--- v8 (2025-12-19)
+++ v9 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R94be554462464998" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23c31dd1cb914e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5720bae833ef49be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R391137cb3035402b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc35b2edb2b04382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6ebc547d804c4426" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f8d10a59b614a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re9bb060c629c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb24714fc0b4f4bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf8ffa7a2f271453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfb343101727444d3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra591085ad4e9431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1c53a469a2d4a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d0f434343814749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6496d6c992294eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9652d54cd62f49cd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>