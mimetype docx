--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R391137cb3035402b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc35b2edb2b04382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6ebc547d804c4426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d114687b9124817" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raef035fca5d74de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R634a1e177a794ff9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra591085ad4e9431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb1c53a469a2d4a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3d0f434343814749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6496d6c992294eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9652d54cd62f49cd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b5332f7f0214d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1b83ebf44fa4ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc7eda741fd204cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6086fba058ce42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7fbf3fb05d93430e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>