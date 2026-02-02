--- v10 (2026-02-02)
+++ v11 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5d114687b9124817" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raef035fca5d74de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R634a1e177a794ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra551faaa1c3b453b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8569e3f2df84e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18294a31f82642b6" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0b5332f7f0214d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra1b83ebf44fa4ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc7eda741fd204cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6086fba058ce42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7fbf3fb05d93430e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raaf7b543e2e644ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9d5fbedd9a4a45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39374088c96c4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8f2d21161ae745a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ec785e457bc472b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>