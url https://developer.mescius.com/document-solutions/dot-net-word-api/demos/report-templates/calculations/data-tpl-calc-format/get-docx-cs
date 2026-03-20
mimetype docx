--- v11 (2026-02-02)
+++ v12 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra551faaa1c3b453b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc8569e3f2df84e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R18294a31f82642b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R377faea7a1b742d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R83cb713c43694028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R549ab227476f41c7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Date formatting examples:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -903,51 +903,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Raaf7b543e2e644ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9d5fbedd9a4a45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R39374088c96c4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8f2d21161ae745a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6ec785e457bc472b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1150c7d04b3c426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf954646521814a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R47171424a39f43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R91501ee840da4e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rfd9706d616bd4be0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>