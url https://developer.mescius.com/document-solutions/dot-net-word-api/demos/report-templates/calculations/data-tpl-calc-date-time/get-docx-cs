--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R245f030900d241ce" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rab5c15bd04eb4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44a03a911ee44d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R388b79ec4dbf47d6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4eadf93ea014487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe7bb9b261894f41" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:00:04 AM</w:t>
+        <w:t>12/8/2025 6:29:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 12:00:00 AM</w:t>
+        <w:t>12/8/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:00:04 AM</w:t>
+        <w:t>12/8/2025 6:29:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:00:04 AM</w:t>
+        <w:t>12/8/2025 6:29:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:01:04 AM</w:t>
+        <w:t>12/8/2025 6:30:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:01:04 AM</w:t>
+        <w:t>12/8/2025 6:30:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 10:01:04 AM</w:t>
+        <w:t>12/8/2025 6:30:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 12:00:04 PM</w:t>
+        <w:t>12/8/2025 8:29:34 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/31/2025 12:00:00 AM</w:t>
+        <w:t>12/15/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/24/2026 12:00:00 AM</w:t>
+        <w:t>4/8/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2035 12:00:00 AM</w:t>
+        <w:t>12/8/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7829568000000000</w:t>
+        <w:t>7868448000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>940</w:t>
+        <w:t>833</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9062</w:t>
+        <w:t>9107</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10:00:04.9407954</w:t>
+        <w:t>18:29:34.8331896</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>940</w:t>
+        <w:t>833</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>0</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10/24/2025 12:00:00 AM</w:t>
+        <w:t>12/8/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Friday</w:t>
+        <w:t>Monday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>297</w:t>
+        <w:t>342</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0bbd71bb28ca4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0945ff9f3fd94dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R93a4f58096f94460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0768fd55b58141cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R424f6f697b244ee7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d8394d476f5465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcdc42fe4e8854ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a0f39f35eac4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64fdf0e90d2041f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50f285886b2e4b04" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>