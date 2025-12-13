--- v1 (2025-12-08)
+++ v2 (2025-12-13)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R388b79ec4dbf47d6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf4eadf93ea014487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfe7bb9b261894f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R43ee36dcdc314299" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R91d85498aba74cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11698c57ab724f5e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:29:34 PM</w:t>
+        <w:t>12/13/2025 6:14:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 12:00:00 AM</w:t>
+        <w:t>12/13/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:29:34 PM</w:t>
+        <w:t>12/13/2025 6:14:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:29:34 PM</w:t>
+        <w:t>12/13/2025 6:14:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:30:34 PM</w:t>
+        <w:t>12/13/2025 6:15:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:30:34 PM</w:t>
+        <w:t>12/13/2025 6:15:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 6:30:34 PM</w:t>
+        <w:t>12/13/2025 6:15:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 8:29:34 PM</w:t>
+        <w:t>12/13/2025 8:14:11 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/15/2025 12:00:00 AM</w:t>
+        <w:t>12/20/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/8/2026 12:00:00 AM</w:t>
+        <w:t>4/13/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2035 12:00:00 AM</w:t>
+        <w:t>12/13/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7868448000000000</w:t>
+        <w:t>7872768000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>833</w:t>
+        <w:t>507</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9107</w:t>
+        <w:t>9112</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18:29:34.8331896</w:t>
+        <w:t>18:14:11.5072843</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>833</w:t>
+        <w:t>507</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/8/2025 12:00:00 AM</w:t>
+        <w:t>12/13/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Monday</w:t>
+        <w:t>Saturday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>342</w:t>
+        <w:t>347</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d8394d476f5465c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcdc42fe4e8854ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a0f39f35eac4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64fdf0e90d2041f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R50f285886b2e4b04" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d4480b1c2c64ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1e5720f6f4a49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfae200fe605446c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1df074a53f7f4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3da817e8472540c3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>