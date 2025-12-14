--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R43ee36dcdc314299" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R91d85498aba74cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11698c57ab724f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc45b256af8b48e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98435e23275c4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree385b23d4b54374" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:14:11 PM</w:t>
+        <w:t>12/14/2025 9:47:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 12:00:00 AM</w:t>
+        <w:t>12/14/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:14:11 PM</w:t>
+        <w:t>12/14/2025 9:47:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:14:11 PM</w:t>
+        <w:t>12/14/2025 9:47:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:15:11 PM</w:t>
+        <w:t>12/14/2025 9:48:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:15:11 PM</w:t>
+        <w:t>12/14/2025 9:48:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 6:15:11 PM</w:t>
+        <w:t>12/14/2025 9:48:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2025 8:14:11 PM</w:t>
+        <w:t>12/14/2025 11:47:49 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/20/2025 12:00:00 AM</w:t>
+        <w:t>12/21/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/13/2026 12:00:00 AM</w:t>
+        <w:t>4/14/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/13/2035 12:00:00 AM</w:t>
+        <w:t>12/14/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7872768000000000</w:t>
+        <w:t>7873632000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>507</w:t>
+        <w:t>603</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>49</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>9113</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>09:47:49.6039880</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>604</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>12/14/2025 12:00:00 AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Sunday</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
-[...168 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>347</w:t>
+        <w:t>348</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9d4480b1c2c64ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re1e5720f6f4a49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfae200fe605446c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1df074a53f7f4622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3da817e8472540c3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f55caa5ba584258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R37d43d64ac004e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3319eb80c42340f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41b4a6b73d494020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f274df8156434a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>