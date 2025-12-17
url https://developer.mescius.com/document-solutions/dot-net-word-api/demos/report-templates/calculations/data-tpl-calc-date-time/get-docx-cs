--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rbc45b256af8b48e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R98435e23275c4bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree385b23d4b54374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6c7713bda73043fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfede69b3aab14a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2a2dcc2fa824ce1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:47:49 AM</w:t>
+        <w:t>12/17/2025 11:29:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 12:00:00 AM</w:t>
+        <w:t>12/17/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:47:49 AM</w:t>
+        <w:t>12/17/2025 11:29:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:47:49 AM</w:t>
+        <w:t>12/17/2025 11:29:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:48:49 AM</w:t>
+        <w:t>12/17/2025 11:30:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:48:49 AM</w:t>
+        <w:t>12/17/2025 11:30:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 9:48:49 AM</w:t>
+        <w:t>12/17/2025 11:30:04 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 11:47:49 AM</w:t>
+        <w:t>12/17/2025 1:29:04 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/21/2025 12:00:00 AM</w:t>
+        <w:t>12/24/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/14/2026 12:00:00 AM</w:t>
+        <w:t>4/17/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2035 12:00:00 AM</w:t>
+        <w:t>12/17/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7873632000000000</w:t>
+        <w:t>7876224000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>603</w:t>
+        <w:t>847</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>49</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>47</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9113</w:t>
+        <w:t>9116</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>09:47:49.6039880</w:t>
+        <w:t>11:29:04.8472265</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>604</w:t>
+        <w:t>847</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>49</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>47</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/14/2025 12:00:00 AM</w:t>
+        <w:t>12/17/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Sunday</w:t>
+        <w:t>Wednesday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>348</w:t>
+        <w:t>351</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9f55caa5ba584258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R37d43d64ac004e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3319eb80c42340f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41b4a6b73d494020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f274df8156434a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e50a9b4a91045f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb7006c3b059c478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf95fe18ba4d14873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf802d7ed799c4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39decd163a7a42e3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>