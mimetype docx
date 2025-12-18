--- v4 (2025-12-17)
+++ v5 (2025-12-18)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6c7713bda73043fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfede69b3aab14a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra2a2dcc2fa824ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R002c4f61f60c4d3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c5cebcfce1b4442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4eac202f18c54bf1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:29:04 AM</w:t>
+        <w:t>12/18/2025 1:34:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 12:00:00 AM</w:t>
+        <w:t>12/18/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:29:04 AM</w:t>
+        <w:t>12/18/2025 1:34:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:29:04 AM</w:t>
+        <w:t>12/18/2025 1:34:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:30:04 AM</w:t>
+        <w:t>12/18/2025 1:35:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:30:04 AM</w:t>
+        <w:t>12/18/2025 1:35:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 11:30:04 AM</w:t>
+        <w:t>12/18/2025 1:35:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 1:29:04 PM</w:t>
+        <w:t>12/18/2025 3:34:34 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/24/2025 12:00:00 AM</w:t>
+        <w:t>12/25/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/17/2026 12:00:00 AM</w:t>
+        <w:t>4/18/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2035 12:00:00 AM</w:t>
+        <w:t>12/18/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7876224000000000</w:t>
+        <w:t>7877088000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>847</w:t>
+        <w:t>927</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9116</w:t>
+        <w:t>9117</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11:29:04.8472265</w:t>
+        <w:t>01:34:34.9273313</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>847</w:t>
+        <w:t>927</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/17/2025 12:00:00 AM</w:t>
+        <w:t>12/18/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Wednesday</w:t>
+        <w:t>Thursday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>351</w:t>
+        <w:t>352</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6e50a9b4a91045f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb7006c3b059c478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf95fe18ba4d14873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf802d7ed799c4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R39decd163a7a42e3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8af896dc81604bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb36da9ddcc714214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37a74dcd4a4d41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf7571047575b4588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7516dd45feaf4ff1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>