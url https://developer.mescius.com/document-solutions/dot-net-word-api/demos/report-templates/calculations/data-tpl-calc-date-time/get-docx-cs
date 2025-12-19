--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R002c4f61f60c4d3f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9c5cebcfce1b4442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4eac202f18c54bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ec5594aec394161" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd9cff8e17bd3429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re63f43e02da74b9a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:34:34 AM</w:t>
+        <w:t>12/19/2025 10:19:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 12:00:00 AM</w:t>
+        <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:34:34 AM</w:t>
+        <w:t>12/19/2025 10:19:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:34:34 AM</w:t>
+        <w:t>12/19/2025 10:19:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:35:34 AM</w:t>
+        <w:t>12/19/2025 10:20:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:35:34 AM</w:t>
+        <w:t>12/19/2025 10:20:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 1:35:34 AM</w:t>
+        <w:t>12/19/2025 10:20:38 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 3:34:34 AM</w:t>
+        <w:t>12/19/2025 12:19:38 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/25/2025 12:00:00 AM</w:t>
+        <w:t>12/26/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/18/2026 12:00:00 AM</w:t>
+        <w:t>4/19/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2035 12:00:00 AM</w:t>
+        <w:t>12/19/2035 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7877088000000000</w:t>
+        <w:t>7877952000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>927</w:t>
+        <w:t>972</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>38</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9117</w:t>
+        <w:t>9118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>01:34:34.9273313</w:t>
+        <w:t>10:19:38.9725804</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>927</w:t>
+        <w:t>972</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>38</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/18/2025 12:00:00 AM</w:t>
+        <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Thursday</w:t>
+        <w:t>Friday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>352</w:t>
+        <w:t>353</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8af896dc81604bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb36da9ddcc714214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R37a74dcd4a4d41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf7571047575b4588" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7516dd45feaf4ff1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra1d94518bd364fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1754a3ae40c04d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref5b7b161d124e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8ded81a8a04b4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60adaa68522d4c53" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>