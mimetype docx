--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,193 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ec5594aec394161" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd9cff8e17bd3429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re63f43e02da74b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21578e7cc9c643ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4f2948b583fc4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9cf0e3f134224589" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:19:38 AM</w:t>
+        <w:t>12/19/2025 6:19:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:19:38 AM</w:t>
+        <w:t>12/19/2025 6:19:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:19:38 AM</w:t>
+        <w:t>12/19/2025 6:19:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:20:38 AM</w:t>
+        <w:t>12/19/2025 6:20:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:20:38 AM</w:t>
+        <w:t>12/19/2025 6:20:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 10:20:38 AM</w:t>
+        <w:t>12/19/2025 6:20:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 12:19:38 PM</w:t>
+        <w:t>12/19/2025 8:19:59 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/26/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -228,204 +228,204 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>7877952000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>972</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>38</w:t>
+        <w:t>59</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>9118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10:19:38.9725804</w:t>
+        <w:t>18:19:59.0185920</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>972</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>38</w:t>
+        <w:t>59</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>12/19/2025 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra1d94518bd364fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1754a3ae40c04d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref5b7b161d124e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R8ded81a8a04b4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R60adaa68522d4c53" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf204f8f6d8424007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ae9862faccd4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd5921fd003542ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcad56a0492a646e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8cd204b1e5c5460b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>