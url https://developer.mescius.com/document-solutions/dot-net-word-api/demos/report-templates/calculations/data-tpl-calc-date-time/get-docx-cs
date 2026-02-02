--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,533 +1,533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R21578e7cc9c643ff" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4f2948b583fc4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9cf0e3f134224589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4011943cbf894382" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R82a3e93cb3e645cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba3d1b0527104f91" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:19:59 PM</w:t>
+        <w:t>2/2/2026 11:55:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 12:00:00 AM</w:t>
+        <w:t>2/2/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:19:59 PM</w:t>
+        <w:t>2/2/2026 11:55:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:19:59 PM</w:t>
+        <w:t>2/2/2026 11:55:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:20:59 PM</w:t>
+        <w:t>2/2/2026 11:56:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:20:59 PM</w:t>
+        <w:t>2/2/2026 11:56:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 6:20:59 PM</w:t>
+        <w:t>2/2/2026 11:56:18 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 8:19:59 PM</w:t>
+        <w:t>2/3/2026 1:55:18 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/26/2025 12:00:00 AM</w:t>
+        <w:t>2/9/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4/19/2026 12:00:00 AM</w:t>
+        <w:t>6/2/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2035 12:00:00 AM</w:t>
+        <w:t>2/2/2036 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7877952000000000</w:t>
+        <w:t>7916832000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>453</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
-[...15 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>55</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>9163</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>23:55:18.4532567</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>453</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
-[...66 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>55</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12/19/2025 12:00:00 AM</w:t>
+        <w:t>2/2/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Friday</w:t>
+        <w:t>Monday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>353</w:t>
+        <w:t>33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf204f8f6d8424007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ae9862faccd4b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdd5921fd003542ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rcad56a0492a646e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8cd204b1e5c5460b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rff8a450b11754e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19eae90bd4da4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3d03af7b109403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R414a59b05ad34eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R371c55269270442e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>