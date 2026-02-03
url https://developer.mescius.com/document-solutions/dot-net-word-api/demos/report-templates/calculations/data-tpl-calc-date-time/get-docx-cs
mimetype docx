--- v8 (2026-02-02)
+++ v9 (2026-02-03)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4011943cbf894382" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R82a3e93cb3e645cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rba3d1b0527104f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R014c9765a97741d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30b3bb12597d4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60499959cd924f41" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:55:18 PM</w:t>
+        <w:t>2/3/2026 1:45:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 12:00:00 AM</w:t>
+        <w:t>2/3/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:55:18 PM</w:t>
+        <w:t>2/3/2026 1:45:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:55:18 PM</w:t>
+        <w:t>2/3/2026 1:45:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:56:18 PM</w:t>
+        <w:t>2/3/2026 1:46:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:56:18 PM</w:t>
+        <w:t>2/3/2026 1:46:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 11:56:18 PM</w:t>
+        <w:t>2/3/2026 1:46:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:55:18 AM</w:t>
+        <w:t>2/3/2026 3:45:33 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/9/2026 12:00:00 AM</w:t>
+        <w:t>2/10/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6/2/2026 12:00:00 AM</w:t>
+        <w:t>6/3/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2036 12:00:00 AM</w:t>
+        <w:t>2/3/2036 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7916832000000000</w:t>
+        <w:t>7917696000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>453</w:t>
+        <w:t>203</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>55</w:t>
+        <w:t>45</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9163</w:t>
+        <w:t>9164</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23:55:18.4532567</w:t>
+        <w:t>01:45:33.2031478</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>453</w:t>
+        <w:t>203</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>55</w:t>
+        <w:t>45</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/2/2026 12:00:00 AM</w:t>
+        <w:t>2/3/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Monday</w:t>
+        <w:t>Tuesday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>33</w:t>
+        <w:t>34</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rff8a450b11754e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R19eae90bd4da4719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc3d03af7b109403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R414a59b05ad34eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R371c55269270442e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra42c5937918943a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R379a23dd243e4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14c4a6888ba84690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R04157c591a024bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R210a4a13859d415a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>