--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,516 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R014c9765a97741d8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R30b3bb12597d4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60499959cd924f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2478446a36e54560" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b7bc7bfb6594cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e521675eaef4382" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:45:33 AM</w:t>
+        <w:t>3/20/2026 11:04:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 12:00:00 AM</w:t>
+        <w:t>3/20/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:45:33 AM</w:t>
+        <w:t>3/20/2026 11:04:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:45:33 AM</w:t>
+        <w:t>3/20/2026 11:04:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:46:33 AM</w:t>
+        <w:t>3/20/2026 11:05:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:46:33 AM</w:t>
+        <w:t>3/20/2026 11:05:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 1:46:33 AM</w:t>
+        <w:t>3/20/2026 11:05:46 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 3:45:33 AM</w:t>
+        <w:t>3/20/2026 1:04:46 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/10/2026 12:00:00 AM</w:t>
+        <w:t>3/27/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMonths(Today(), 4) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6/3/2026 12:00:00 AM</w:t>
+        <w:t>7/20/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddYears(Today(), 10) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2036 12:00:00 AM</w:t>
+        <w:t>3/20/2036 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7917696000000000</w:t>
+        <w:t>7956576000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>203</w:t>
+        <w:t>467</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>33</w:t>
+        <w:t>46</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>45</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9164</w:t>
+        <w:t>9209</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>01:45:33.2031478</w:t>
+        <w:t>11:04:46.4673515</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>203</w:t>
+        <w:t>467</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>33</w:t>
+        <w:t>46</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>45</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2/3/2026 12:00:00 AM</w:t>
+        <w:t>3/20/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDayOfWeek(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>Tuesday</w:t>
+        <w:t>Friday</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetDayOfYear(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>79</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">{​​​​{ calc GetMonth(Now()) }} :  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
         <w:t>3</w:t>
-      </w:r>
-[...32 lines deleted...]
-        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetYear(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra42c5937918943a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R379a23dd243e4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R14c4a6888ba84690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R04157c591a024bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R210a4a13859d415a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4b4f82ab5b5745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R980f6df90e9e40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7826b2691d8e4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3c0bddf9a7884fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6f92758f8544dea" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>