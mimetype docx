--- v10 (2026-03-20)
+++ v11 (2026-03-20)
@@ -1,193 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2478446a36e54560" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3b7bc7bfb6594cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2e521675eaef4382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra766b0adaf2c46de" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7ca9768925634dc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra7a829cb0b814efd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc date/time functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available date and time functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Now() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:04:46 AM</w:t>
+        <w:t>3/20/2026 1:08:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Today() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>3/20/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc UtcNow() }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:04:46 AM</w:t>
+        <w:t>3/20/2026 1:08:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddTicks(Now(), 100) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:04:46 AM</w:t>
+        <w:t>3/20/2026 1:08:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMilliSeconds(Now(), 60 * 1000) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:05:46 AM</w:t>
+        <w:t>3/20/2026 1:09:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddSeconds(Now(), 60) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:05:46 AM</w:t>
+        <w:t>3/20/2026 1:09:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddMinutes(Now(), 1) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 11:05:46 AM</w:t>
+        <w:t>3/20/2026 1:09:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddHours(Now(), 2) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3/20/2026 1:04:46 PM</w:t>
+        <w:t>3/20/2026 3:08:29 PM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc AddDays(Today(), 7) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>3/27/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -228,204 +228,204 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffTick("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>7956576000000000</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMilliSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>467</w:t>
+        <w:t>397</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffSecond(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffMinute(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffHour(Today(), Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc DateDiffDay("1-Jan-2001", Today()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>9209</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetTimeOfDay(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11:04:46.4673515</w:t>
+        <w:t>13:08:29.3983599</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMilliSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>467</w:t>
+        <w:t>398</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetSecond(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46</w:t>
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetMinute(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetHour(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc GetDate(Now()) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>3/20/2026 12:00:00 AM</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -1227,51 +1227,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4b4f82ab5b5745b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R980f6df90e9e40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7826b2691d8e4740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3c0bddf9a7884fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb6f92758f8544dea" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf36673cf8d294c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9071b4957d94486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R517bc440e54b4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R7f83d65f9f724c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R3a61ca2164844149" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>