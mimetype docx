--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7791a77963334fd2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rda2edbd11fbf4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2aa825b779c048ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03bdda2084804c44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re50fb6f31757432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fe7898b40634857" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5bcd15c89b594a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8df2ad2787954fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra1870e2776fb49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R94450c034976493e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb5af7b9e280b4df8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5597cb1e93024baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc49a3832be9a4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92da6a3f52cc4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8e13c7b9ab446d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e3f4fc09b5246a4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>