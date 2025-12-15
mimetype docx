--- v1 (2025-12-07)
+++ v2 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R03bdda2084804c44" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re50fb6f31757432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2fe7898b40634857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R512651dd238a432a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0cbed7933da7450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R139a1aa47a784a8c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5597cb1e93024baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc49a3832be9a4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R92da6a3f52cc4e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re8e13c7b9ab446d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6e3f4fc09b5246a4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5d53322bc824247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6de4000d052b41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c0cf82dabf549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1a4b875bff25468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7934c2f89cc649ee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>