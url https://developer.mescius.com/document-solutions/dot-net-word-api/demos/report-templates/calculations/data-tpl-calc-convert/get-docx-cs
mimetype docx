--- v2 (2025-12-15)
+++ v3 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R512651dd238a432a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0cbed7933da7450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R139a1aa47a784a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccfeca7f923a4e76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d152ee2bf014cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R00fcc142a91e4de5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re5d53322bc824247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6de4000d052b41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9c0cf82dabf549aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1a4b875bff25468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7934c2f89cc649ee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra31d14b180254817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93bd2870cce34ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2ac1eaa21ec498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd2ba502839c94720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R768d85ff63f74fce" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>