--- v3 (2025-12-18)
+++ v4 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rccfeca7f923a4e76" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d152ee2bf014cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R00fcc142a91e4de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re493c1bfa6d140e7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8c924d7238184520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree9133a1708f465a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra31d14b180254817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R93bd2870cce34ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2ac1eaa21ec498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd2ba502839c94720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R768d85ff63f74fce" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f5a8cb9cd92402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d780f22fbd1426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d32c82e68bc48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9b5df336587d40f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref244884c6a04423" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>