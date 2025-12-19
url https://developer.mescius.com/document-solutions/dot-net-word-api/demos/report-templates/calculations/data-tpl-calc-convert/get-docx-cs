--- v4 (2025-12-18)
+++ v5 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re493c1bfa6d140e7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8c924d7238184520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ree9133a1708f465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R408b653f89704046" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d372f6156f14306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4959c34c085447c8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4f5a8cb9cd92402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3d780f22fbd1426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d32c82e68bc48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9b5df336587d40f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref244884c6a04423" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47837b88084a4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra9fd860fda6b4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R80010ea3e1744ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb234f6b9a7584042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra1c6ffbc399040e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>