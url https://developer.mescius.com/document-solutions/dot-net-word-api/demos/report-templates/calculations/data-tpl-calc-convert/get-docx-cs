--- v5 (2025-12-19)
+++ v6 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R408b653f89704046" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d372f6156f14306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4959c34c085447c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfe7852d30a07433c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9ee5a6889bf4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra82f2bed74f9480a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R47837b88084a4c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra9fd860fda6b4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R80010ea3e1744ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb234f6b9a7584042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra1c6ffbc399040e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R120fcbe535694401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R012d3343bd8e4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R427130da24d84d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2b70ace27f104d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0bfb863845724feb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>