--- v6 (2025-12-20)
+++ v7 (2025-12-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfe7852d30a07433c" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc9ee5a6889bf4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ra82f2bed74f9480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c7b814300e24318" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b00d07842b74a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf1479e1422fa4c78" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R120fcbe535694401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R012d3343bd8e4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R427130da24d84d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2b70ace27f104d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0bfb863845724feb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R884d746c2c4044aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9f98404471e04de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R892c4ad802a6410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R94e40f6a9a834d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a3d0fe90c5a4856" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>