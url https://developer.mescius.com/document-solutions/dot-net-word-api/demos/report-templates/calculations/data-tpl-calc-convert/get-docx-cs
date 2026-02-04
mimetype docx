--- v7 (2025-12-21)
+++ v8 (2026-02-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4c7b814300e24318" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2b00d07842b74a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf1479e1422fa4c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f8b6797c4e249ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d0f5061521a414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43491f203e764fb0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R884d746c2c4044aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9f98404471e04de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R892c4ad802a6410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R94e40f6a9a834d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4a3d0fe90c5a4856" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00c65cf1db014a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17b388d53d5c4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08b3272d6c02451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4bf5645fef764ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6dc3964b5eba460b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>