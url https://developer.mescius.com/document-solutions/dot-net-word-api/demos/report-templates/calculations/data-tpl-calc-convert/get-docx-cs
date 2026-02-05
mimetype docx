--- v8 (2026-02-04)
+++ v9 (2026-02-05)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0f8b6797c4e249ba" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0d0f5061521a414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R43491f203e764fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50a605750ee74e1b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec97c11fa80f47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R562da04725104637" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R00c65cf1db014a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R17b388d53d5c4a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R08b3272d6c02451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4bf5645fef764ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6dc3964b5eba460b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6011b5c7895d4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R420852c646ba43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99a08428e7a34662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2c9c749f81734976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Refe8c27004594f5e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>