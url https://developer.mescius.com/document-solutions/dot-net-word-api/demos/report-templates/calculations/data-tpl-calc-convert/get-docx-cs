--- v9 (2026-02-05)
+++ v10 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R50a605750ee74e1b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rec97c11fa80f47b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R562da04725104637" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra05e3ea0d5504f77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra323efc738294369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfdb0d202f6044b54" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6011b5c7895d4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R420852c646ba43a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R99a08428e7a34662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2c9c749f81734976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Refe8c27004594f5e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra7822dd2515f45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R51fc4fe64dfa4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref398aa6c6d84629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R24295ba791cf4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R76c45c98acec48ab" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>