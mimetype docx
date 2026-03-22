--- v10 (2026-03-22)
+++ v11 (2026-03-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra05e3ea0d5504f77" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra323efc738294369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfdb0d202f6044b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8aec66b018154827" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra819c0298fda4d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R63bca55272a3483f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: available calc conversion functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available conversion functions that can be used with the 'calc' report templates feature. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
@@ -1042,51 +1042,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra7822dd2515f45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R51fc4fe64dfa4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref398aa6c6d84629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R24295ba791cf4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R76c45c98acec48ab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R738f389412024b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree011ebe9185419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R16d5d43f056243fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfb0171acb5584eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rece9345788cf402c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>