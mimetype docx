--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6417d90129644494" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdd3daf6f7fd04194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd078d16b4ac47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e247c18ff7a4450" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R774826568b87485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7f4981f78da4a82" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>121713.8</w:t>
+        <w:t>4878.24</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>26860.41</w:t>
+        <w:t>243512.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>148574.21</w:t>
+        <w:t>248390.74</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>94853.39</w:t>
+        <w:t>-238634.26</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3269282570.658</w:t>
+        <w:t>1187912418</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.531345575142002</w:t>
+        <w:t>0.020032811457317386</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12504.8</w:t>
+        <w:t>14705.86</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9948.28</w:t>
+        <w:t>14015.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>22453.08</w:t>
+        <w:t>28721.16</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2556.5199999999986</w:t>
+        <w:t>690.5600000000013</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>124401251.744</w:t>
+        <w:t>206107039.658</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.2569811062816887</w:t>
+        <w:t>1.0492718671737316</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10454.57</w:t>
+        <w:t>7079.89</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1118.7</w:t>
+        <w:t>39081.07</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11573.27</w:t>
+        <w:t>46160.96</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9335.869999999999</w:t>
+        <w:t>-32001.18</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11695527.459</w:t>
+        <w:t>276689676.68230003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9.345284705461696</w:t>
+        <w:t>0.1811590624309928</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11612.08</w:t>
+        <w:t>5824.38</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1738.66</w:t>
+        <w:t>29747.81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13350.74</w:t>
+        <w:t>35572.19</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9873.42</w:t>
+        <w:t>-23923.43</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>20189459.0128</w:t>
+        <w:t>173262549.6078</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>6.678752602578998</w:t>
+        <w:t>0.19579189190733703</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6011.67</w:t>
+        <w:t>29794.92</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6571.58</w:t>
+        <w:t>111058</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12583.25</w:t>
+        <w:t>140852.91999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-559.9099999999999</w:t>
+        <w:t>-81263.08</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>39506170.3386</w:t>
+        <w:t>3308964225.3599997</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.9147982676920924</w:t>
+        <w:t>0.26828251904410305</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18363.47</w:t>
+        <w:t>9613.45</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7654.12</w:t>
+        <w:t>5865.93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>26017.59</w:t>
+        <w:t>15479.380000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>10709.350000000002</w:t>
+        <w:t>3747.5200000000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>140556202.9964</w:t>
+        <w:t>56391824.75850001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.399161497337382</w:t>
+        <w:t>1.638862038926479</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R14c69863f6844310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb5e4ec88629546de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd15ea51e9f8f4590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R70ff6f5f060f43c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R426999b7f26c4d10" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8180cb833a7e4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R484a7e902e724cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec0de6bd23c34b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb2ee21beff294e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb43b839b986e4583" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>