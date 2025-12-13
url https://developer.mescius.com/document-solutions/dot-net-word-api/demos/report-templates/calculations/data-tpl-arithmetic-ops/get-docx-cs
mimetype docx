--- v1 (2025-12-07)
+++ v2 (2025-12-13)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0e247c18ff7a4450" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R774826568b87485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rd7f4981f78da4a82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e3d8a494ed54167" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe582770a6b54afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re80f6f9dab154e41" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4878.24</w:t>
+        <w:t>10896.62</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>243512.5</w:t>
+        <w:t>17440.25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>248390.74</w:t>
+        <w:t>28336.870000000003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-238634.26</w:t>
+        <w:t>-6543.629999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1187912418</w:t>
+        <w:t>190039776.955</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.020032811457317386</w:t>
+        <w:t>0.6247972362781498</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14705.86</w:t>
+        <w:t>17022.21</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14015.3</w:t>
+        <w:t>6337.12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>28721.16</w:t>
+        <w:t>23359.329999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>690.5600000000013</w:t>
+        <w:t>10685.09</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>206107039.658</w:t>
+        <w:t>107871787.43519999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.0492718671737316</w:t>
+        <w:t>2.6861113565783827</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7079.89</w:t>
+        <w:t>10397.83</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>39081.07</w:t>
+        <w:t>29547.58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>46160.96</w:t>
+        <w:t>39945.41</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-32001.18</w:t>
+        <w:t>-19149.75</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>276689676.68230003</w:t>
+        <w:t>307230713.7514</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.1811590624309928</w:t>
+        <w:t>0.35190123861243455</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5824.38</w:t>
+        <w:t>16336.83</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29747.81</w:t>
+        <w:t>3712.65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>35572.19</w:t>
+        <w:t>20049.48</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-23923.43</w:t>
+        <w:t>12624.18</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>173262549.6078</w:t>
+        <w:t>60652931.8995</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.19579189190733703</w:t>
+        <w:t>4.400315138782271</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29794.92</w:t>
+        <w:t>30010.89</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>111058</w:t>
+        <w:t>69007</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>140852.91999999998</w:t>
+        <w:t>99017.89</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-81263.08</w:t>
+        <w:t>-38996.11</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3308964225.3599997</w:t>
+        <w:t>2070961486.23</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.26828251904410305</w:t>
+        <w:t>0.43489631486660774</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9613.45</w:t>
+        <w:t>30551.79</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5865.93</w:t>
+        <w:t>7682.76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>15479.380000000001</w:t>
+        <w:t>38234.55</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3747.5200000000004</w:t>
+        <w:t>22869.03</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>56391824.75850001</w:t>
+        <w:t>234722070.14040002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.638862038926479</w:t>
+        <w:t>3.9766685409930806</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8180cb833a7e4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R484a7e902e724cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rec0de6bd23c34b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb2ee21beff294e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb43b839b986e4583" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R162cd281f558425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6cc4a9bcd5b547c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95e22989d92f4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R088c731fb4454318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdbf1e7c768554498" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>