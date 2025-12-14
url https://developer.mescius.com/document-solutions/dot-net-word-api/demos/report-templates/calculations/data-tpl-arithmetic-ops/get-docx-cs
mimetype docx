--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2e3d8a494ed54167" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbe582770a6b54afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re80f6f9dab154e41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ad477bbf53c4c56" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23f44e569ecc4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce7f8d08e13e493d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10896.62</w:t>
+        <w:t>4204.51</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17440.25</w:t>
+        <w:t>15714.52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>28336.870000000003</w:t>
+        <w:t>19919.03</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-6543.629999999999</w:t>
+        <w:t>-11510.01</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>190039776.955</w:t>
+        <w:t>66071856.4852</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.6247972362781498</w:t>
+        <w:t>0.2675557382599023</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17022.21</w:t>
+        <w:t>8623.79</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6337.12</w:t>
+        <w:t>461.49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>23359.329999999998</w:t>
+        <w:t>9085.28</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>10685.09</w:t>
+        <w:t>8162.300000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>107871787.43519999</w:t>
+        <w:t>3979792.8471000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.6861113565783827</w:t>
+        <w:t>18.68684045158075</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10397.83</w:t>
+        <w:t>10628.13</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>29547.58</w:t>
+        <w:t>99715.12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>39945.41</w:t>
+        <w:t>110343.25</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-19149.75</w:t>
+        <w:t>-89086.98999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>307230713.7514</w:t>
+        <w:t>1059785258.3255999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.35190123861243455</w:t>
+        <w:t>0.10658493917472094</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16336.83</w:t>
+        <w:t>6943.64</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3712.65</w:t>
+        <w:t>7001.71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>20049.48</w:t>
+        <w:t>13945.35</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12624.18</w:t>
+        <w:t>-58.06999999999971</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>60652931.8995</w:t>
+        <w:t>48617353.624400005</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.400315138782271</w:t>
+        <w:t>0.9917063117438455</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>30010.89</w:t>
+        <w:t>10578.24</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>69007</w:t>
+        <w:t>1615.98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>99017.89</w:t>
+        <w:t>12194.22</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-38996.11</w:t>
+        <w:t>8962.26</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2070961486.23</w:t>
+        <w:t>17094224.2752</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.43489631486660774</w:t>
+        <w:t>6.546021609178331</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>30551.79</w:t>
+        <w:t>14995.44</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7682.76</w:t>
+        <w:t>3615.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>38234.55</w:t>
+        <w:t>18610.54</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>22869.03</w:t>
+        <w:t>11380.34</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>234722070.14040002</w:t>
+        <w:t>54210015.144</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3.9766685409930806</w:t>
+        <w:t>4.148001438411109</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R162cd281f558425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6cc4a9bcd5b547c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R95e22989d92f4211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R088c731fb4454318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdbf1e7c768554498" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1c0b039de934766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3383288332504a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e62442d40f84b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Raf4735b8d4c847c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2ae084be9f34c1b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>