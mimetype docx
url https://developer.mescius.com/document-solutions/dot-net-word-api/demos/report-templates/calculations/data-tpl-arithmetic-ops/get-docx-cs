--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9ad477bbf53c4c56" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R23f44e569ecc4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rce7f8d08e13e493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R645b473b72c24705" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2764156e1845489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60e2ee57fe1546c0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4204.51</w:t>
+        <w:t>12007.13</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>15714.52</w:t>
+        <w:t>888.79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>19919.03</w:t>
+        <w:t>12895.919999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-11510.01</w:t>
+        <w:t>11118.34</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>66071856.4852</w:t>
+        <w:t>10671817.0727</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.2675557382599023</w:t>
+        <w:t>13.509524184565533</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8623.79</w:t>
+        <w:t>3648.62</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>461.49</w:t>
+        <w:t>3725.28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9085.28</w:t>
+        <w:t>7373.9</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8162.300000000001</w:t>
+        <w:t>-76.66000000000031</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3979792.8471000004</w:t>
+        <w:t>13592131.1136</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>18.68684045158075</w:t>
+        <w:t>0.9794216810548468</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10628.13</w:t>
+        <w:t>1188.81</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>99715.12</w:t>
+        <w:t>2454.09</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>110343.25</w:t>
+        <w:t>3642.9</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-89086.98999999999</w:t>
+        <w:t>-1265.2800000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1059785258.3255999</w:t>
+        <w:t>2917446.7329</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.10658493917472094</w:t>
+        <w:t>0.4844198868012175</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6943.64</w:t>
+        <w:t>854.14</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7001.71</w:t>
+        <w:t>1796.48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13945.35</w:t>
+        <w:t>2650.62</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-58.06999999999971</w:t>
+        <w:t>-942.34</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>48617353.624400005</w:t>
+        <w:t>1534445.4272</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.9917063117438455</w:t>
+        <w:t>0.4754519950124688</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10578.24</w:t>
+        <w:t>9789.16</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1615.98</w:t>
+        <w:t>11539.07</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12194.22</w:t>
+        <w:t>21328.23</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>8962.26</w:t>
+        <w:t>-1749.9099999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>17094224.2752</w:t>
+        <w:t>112957802.4812</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>6.546021609178331</w:t>
+        <w:t>0.8483491303891908</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14995.44</w:t>
+        <w:t>2932.55</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3615.1</w:t>
+        <w:t>1766.31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>18610.54</w:t>
+        <w:t>4698.860000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11380.34</w:t>
+        <w:t>1166.2400000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>54210015.144</w:t>
+        <w:t>5179792.3905</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.148001438411109</w:t>
+        <w:t>1.660269148677186</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1c0b039de934766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3383288332504a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e62442d40f84b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Raf4735b8d4c847c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re2ae084be9f34c1b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref7eb6038a314913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6a44c23d87944b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ef4980f9b334371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf778b6a829934df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdadc52a3f84c4a3c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>