--- v4 (2025-12-17)
+++ v5 (2025-12-17)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R645b473b72c24705" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2764156e1845489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R60e2ee57fe1546c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8d74850a102d4f42" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2c51fe119fc40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf94cb5e47aad47dd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12007.13</w:t>
+        <w:t>4258.67</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>888.79</w:t>
+        <w:t>7296.83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12895.919999999998</w:t>
+        <w:t>11555.5</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11118.34</w:t>
+        <w:t>-3038.16</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>10671817.0727</w:t>
+        <w:t>31074791.0161</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13.509524184565533</w:t>
+        <w:t>0.5836328926396805</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3648.62</w:t>
+        <w:t>12594.98</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3725.28</w:t>
+        <w:t>7937.96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>7373.9</w:t>
+        <w:t>20532.94</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-76.66000000000031</w:t>
+        <w:t>4657.0199999999995</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13592131.1136</w:t>
+        <w:t>99978447.4408</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.9794216810548468</w:t>
+        <w:t>1.5866771815428649</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1188.81</w:t>
+        <w:t>441108</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2454.09</w:t>
+        <w:t>8850.27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3642.9</w:t>
+        <w:t>449958.27</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-1265.2800000000002</w:t>
+        <w:t>432257.73</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2917446.7329</w:t>
+        <w:t>3903924899.1600003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.4844198868012175</w:t>
+        <w:t>49.84119128568959</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>854.14</w:t>
+        <w:t>46210.32</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1796.48</w:t>
+        <w:t>10191.03</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2650.62</w:t>
+        <w:t>56401.35</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-942.34</w:t>
+        <w:t>36019.29</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1534445.4272</w:t>
+        <w:t>470930757.4296</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.4754519950124688</w:t>
+        <w:t>4.5344111439177395</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9789.16</w:t>
+        <w:t>97827.71</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11539.07</w:t>
+        <w:t>23895.06</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>21328.23</w:t>
+        <w:t>121722.77</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-1749.9099999999999</w:t>
+        <w:t>73932.65000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>112957802.4812</w:t>
+        <w:t>2337599000.1126003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.8483491303891908</w:t>
+        <w:t>4.094055842504685</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2932.55</w:t>
+        <w:t>12293.92</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1766.31</w:t>
+        <w:t>9011.86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4698.860000000001</w:t>
+        <w:t>21305.78</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1166.2400000000002</w:t>
+        <w:t>3282.0599999999995</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>5179792.3905</w:t>
+        <w:t>110791085.8912</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.660269148677186</w:t>
+        <w:t>1.3641934073543085</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ref7eb6038a314913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb6a44c23d87944b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ef4980f9b334371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf778b6a829934df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdadc52a3f84c4a3c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda0fc7785fca40cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38d36e1ada9e40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdaad13a9da914bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0eac27f324f341a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95598b98d7c84695" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>