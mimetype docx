--- v5 (2025-12-17)
+++ v6 (2025-12-18)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8d74850a102d4f42" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra2c51fe119fc40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf94cb5e47aad47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0a381eb23994790" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e2f0a39b0b74b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re43cede35d524591" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4258.67</w:t>
+        <w:t>34763.23</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7296.83</w:t>
+        <w:t>910.44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11555.5</w:t>
+        <w:t>35673.670000000006</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-3038.16</w:t>
+        <w:t>33852.79</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>31074791.0161</w:t>
+        <w:t>31649835.121200006</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.5836328926396805</w:t>
+        <w:t>38.1828895918457</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12594.98</w:t>
+        <w:t>23848.95</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7937.96</w:t>
+        <w:t>35065.83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>20532.94</w:t>
+        <w:t>58914.78</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4657.0199999999995</w:t>
+        <w:t>-11216.880000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>99978447.4408</w:t>
+        <w:t>836283226.3785001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.5866771815428649</w:t>
+        <w:t>0.6801193640646749</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>441108</w:t>
+        <w:t>8992.78</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8850.27</w:t>
+        <w:t>109829.67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>449958.27</w:t>
+        <w:t>118822.45</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>432257.73</w:t>
+        <w:t>-100836.89</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3903924899.1600003</w:t>
+        <w:t>987674059.7826</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>49.84119128568959</w:t>
+        <w:t>0.081879331878171</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46210.32</w:t>
+        <w:t>21000.53</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10191.03</w:t>
+        <w:t>8960.7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>56401.35</w:t>
+        <w:t>29961.23</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>36019.29</w:t>
+        <w:t>12039.829999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>470930757.4296</w:t>
+        <w:t>188179449.171</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.5344111439177395</w:t>
+        <w:t>2.343626056000089</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>97827.71</w:t>
+        <w:t>3586.75</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23895.06</w:t>
+        <w:t>17916.66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>121722.77</w:t>
+        <w:t>21503.41</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>73932.65000000001</w:t>
+        <w:t>-14329.91</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2337599000.1126003</w:t>
+        <w:t>64262580.255</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>4.094055842504685</w:t>
+        <w:t>0.20019077216400824</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12293.92</w:t>
+        <w:t>6946.72</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9011.86</w:t>
+        <w:t>9888.24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>21305.78</w:t>
+        <w:t>16834.96</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3282.0599999999995</w:t>
+        <w:t>-2941.5199999999995</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>110791085.8912</w:t>
+        <w:t>68690834.5728</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.3641934073543085</w:t>
+        <w:t>0.7025234015355615</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rda0fc7785fca40cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R38d36e1ada9e40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rdaad13a9da914bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0eac27f324f341a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R95598b98d7c84695" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63ecd818bdd247af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6548a91303f940b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R36ce15368b5841f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbd741cfa998c4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e5688ded7a14734" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>