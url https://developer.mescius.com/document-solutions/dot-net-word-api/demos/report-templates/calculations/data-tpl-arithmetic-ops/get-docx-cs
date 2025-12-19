--- v6 (2025-12-18)
+++ v7 (2025-12-19)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd0a381eb23994790" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e2f0a39b0b74b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re43cede35d524591" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf7ddb74090c4dcc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50c3fc3e26c54bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cfb99d8778849ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34763.23</w:t>
+        <w:t>21641.82</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>910.44</w:t>
+        <w:t>11749.95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>35673.670000000006</w:t>
+        <w:t>33391.770000000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>33852.79</w:t>
+        <w:t>9891.869999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>31649835.121200006</w:t>
+        <w:t>254290302.909</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>38.1828895918457</w:t>
+        <w:t>1.8418648589993998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23848.95</w:t>
+        <w:t>11840.86</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>35065.83</w:t>
+        <w:t>14601.38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>58914.78</w:t>
+        <w:t>26442.239999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-11216.880000000001</w:t>
+        <w:t>-2760.5199999999986</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>836283226.3785001</w:t>
+        <w:t>172892896.3868</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.6801193640646749</w:t>
+        <w:t>0.8109411576166089</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8992.78</w:t>
+        <w:t>2736.56</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>109829.67</w:t>
+        <w:t>9309.45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>118822.45</w:t>
+        <w:t>12046.01</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-100836.89</w:t>
+        <w:t>-6572.890000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>987674059.7826</w:t>
+        <w:t>25475868.492000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.081879331878171</w:t>
+        <w:t>0.29395506716293657</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>21000.53</w:t>
+        <w:t>63832.29</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8960.7</w:t>
+        <w:t>2226.77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>29961.23</w:t>
+        <w:t>66059.06</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12039.829999999998</w:t>
+        <w:t>61605.520000000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>188179449.171</w:t>
+        <w:t>142139828.4033</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.343626056000089</w:t>
+        <w:t>28.66586580562878</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3586.75</w:t>
+        <w:t>8642.65</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17916.66</w:t>
+        <w:t>301889.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>21503.41</w:t>
+        <w:t>310532.15</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-14329.91</w:t>
+        <w:t>-293246.85</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>64262580.255</w:t>
+        <w:t>2609125287.1749997</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.20019077216400824</w:t>
+        <w:t>0.028628521362949026</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6946.72</w:t>
+        <w:t>4164.71</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9888.24</w:t>
+        <w:t>7137.25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>16834.96</w:t>
+        <w:t>11301.96</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-2941.5199999999995</w:t>
+        <w:t>-2972.54</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>68690834.5728</w:t>
+        <w:t>29724576.4475</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.7025234015355615</w:t>
+        <w:t>0.5835174612070475</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R63ecd818bdd247af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6548a91303f940b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R36ce15368b5841f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbd741cfa998c4804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e5688ded7a14734" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4676d9a0c4c74a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf7e9a9250bcb49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d13827f3c094bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6496554d9bc44ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rccae2d465fd04ec3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>