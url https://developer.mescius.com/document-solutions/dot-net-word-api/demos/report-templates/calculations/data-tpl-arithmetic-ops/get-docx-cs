--- v7 (2025-12-19)
+++ v8 (2025-12-19)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf7ddb74090c4dcc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R50c3fc3e26c54bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5cfb99d8778849ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7f07c82cbd6455e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R20ed47044cf14c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9e2b9586c79401c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>21641.82</w:t>
+        <w:t>5528.79</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11749.95</w:t>
+        <w:t>8401.68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>33391.770000000004</w:t>
+        <w:t>13930.470000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>9891.869999999999</w:t>
+        <w:t>-2872.8900000000003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>254290302.909</w:t>
+        <w:t>46451124.3672</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.8418648589993998</w:t>
+        <w:t>0.6580576741794498</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>11840.86</w:t>
+        <w:t>23117.38</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14601.38</w:t>
+        <w:t>7628.74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>26442.239999999998</w:t>
+        <w:t>30746.120000000003</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-2760.5199999999986</w:t>
+        <w:t>15488.640000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>172892896.3868</w:t>
+        <w:t>176356481.5012</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.8109411576166089</w:t>
+        <w:t>3.0303012030820295</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2736.56</w:t>
+        <w:t>10936.37</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9309.45</w:t>
+        <w:t>46376.56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12046.01</w:t>
+        <w:t>57312.93</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-6572.890000000001</w:t>
+        <w:t>-35440.189999999995</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>25475868.492000002</w:t>
+        <w:t>507191219.4872</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.29395506716293657</w:t>
+        <w:t>0.2358167574309091</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>63832.29</w:t>
+        <w:t>13142.07</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2226.77</w:t>
+        <w:t>40464.71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>66059.06</w:t>
+        <w:t>53606.78</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>61605.520000000004</w:t>
+        <w:t>-27322.64</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>142139828.4033</w:t>
+        <w:t>531790051.3497</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>28.66586580562878</w:t>
+        <w:t>0.3247785539547917</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8642.65</w:t>
+        <w:t>9776.8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>301889.5</w:t>
+        <w:t>2837.86</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>310532.15</w:t>
+        <w:t>12614.66</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-293246.85</w:t>
+        <w:t>6938.939999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2609125287.1749997</w:t>
+        <w:t>27745189.648</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.028628521362949026</w:t>
+        <w:t>3.4451311904040365</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4164.71</w:t>
+        <w:t>6084.05</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7137.25</w:t>
+        <w:t>5498.92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11301.96</w:t>
+        <w:t>11582.970000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-2972.54</w:t>
+        <w:t>585.1300000000001</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>29724576.4475</w:t>
+        <w:t>33455704.226</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.5835174612070475</w:t>
+        <w:t>1.1064081674219666</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4676d9a0c4c74a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf7e9a9250bcb49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5d13827f3c094bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6496554d9bc44ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rccae2d465fd04ec3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra39ed7ed98534f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb90b3d45647f42b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0ccc1d28e6974648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R075e443f0adb4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra665943893b2474b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>