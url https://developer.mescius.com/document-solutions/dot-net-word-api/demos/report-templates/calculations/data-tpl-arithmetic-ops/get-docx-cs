--- v8 (2025-12-19)
+++ v9 (2026-02-02)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7f07c82cbd6455e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R20ed47044cf14c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf9e2b9586c79401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R43cb0e9f72574d78" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9d395030822f43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfca7dbdbf9db4df3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5528.79</w:t>
+        <w:t>254968</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8401.68</w:t>
+        <w:t>9203.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>13930.470000000001</w:t>
+        <w:t>264171.2</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-2872.8900000000003</w:t>
+        <w:t>245764.8</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>46451124.3672</w:t>
+        <w:t>2346521497.6000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.6580576741794498</w:t>
+        <w:t>27.704276773296243</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>23117.38</w:t>
+        <w:t>25966.71</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7628.74</w:t>
+        <w:t>143175.33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>30746.120000000003</w:t>
+        <w:t>169142.03999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>15488.640000000001</w:t>
+        <w:t>-117208.62</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>176356481.5012</w:t>
+        <w:t>3717792273.2642994</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3.0303012030820295</w:t>
+        <w:t>0.18136301833563087</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>10936.37</w:t>
+        <w:t>16675.33</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46376.56</w:t>
+        <w:t>37745.92</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>57312.93</w:t>
+        <w:t>54421.25</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-35440.189999999995</w:t>
+        <w:t>-21070.589999999997</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>507191219.4872</w:t>
+        <w:t>629425672.1536</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.2358167574309091</w:t>
+        <w:t>0.441778343195768</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>13142.07</w:t>
+        <w:t>4053.8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>40464.71</w:t>
+        <w:t>15551.13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>53606.78</w:t>
+        <w:t>19604.93</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-27322.64</w:t>
+        <w:t>-11497.329999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>531790051.3497</w:t>
+        <w:t>63041170.794</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.3247785539547917</w:t>
+        <w:t>0.26067559077700464</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9776.8</w:t>
+        <w:t>16723.69</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2837.86</w:t>
+        <w:t>6135.73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>12614.66</w:t>
+        <w:t>22859.42</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>6938.939999999999</w:t>
+        <w:t>10587.96</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>27745189.648</w:t>
+        <w:t>102612046.44369999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3.4451311904040365</w:t>
+        <w:t>2.7256235199397625</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6084.05</w:t>
+        <w:t>55178</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5498.92</w:t>
+        <w:t>65447.44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>11582.970000000001</w:t>
+        <w:t>120625.44</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>585.1300000000001</w:t>
+        <w:t>-10269.440000000002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>33455704.226</w:t>
+        <w:t>3611258844.32</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>1.1064081674219666</w:t>
+        <w:t>0.8430887441892303</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra39ed7ed98534f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb90b3d45647f42b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0ccc1d28e6974648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R075e443f0adb4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra665943893b2474b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f8a750607a641be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd9b4e02ea79e476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9863bf20c14b4ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb09c7d6796b9472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd5cb65e452d4ac1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>