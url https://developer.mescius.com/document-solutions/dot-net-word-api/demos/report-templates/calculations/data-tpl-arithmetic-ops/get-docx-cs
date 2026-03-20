--- v9 (2026-02-02)
+++ v10 (2026-03-20)
@@ -1,872 +1,872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R43cb0e9f72574d78" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9d395030822f43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rfca7dbdbf9db4df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R06d2d4bb44484777" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R46e2ab434ed047ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R22f13ab68dc44815" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc arithmetic operators</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available arithmetic operators that can be used with the 'calc' report templates feature to perform arithmetic operations on data.For example, to insert the sum of two data fields, the template '{{calc ds.a + ds.b)}}' can be used. The data source used in this demo is a list of pairs of random decimal values. Please see this sample source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Pairs of data values and results of arithmetic operations on them:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>254968</w:t>
+        <w:t>5169.72</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>9203.2</w:t>
+        <w:t>10601.57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>264171.2</w:t>
+        <w:t>15771.29</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>245764.8</w:t>
+        <w:t>-5431.849999999999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2346521497.6000004</w:t>
+        <w:t>54807148.4604</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>27.704276773296243</w:t>
+        <w:t>0.4876372084512011</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>25966.71</w:t>
+        <w:t>10650.13</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>143175.33</w:t>
+        <w:t>34061.48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>169142.03999999998</w:t>
+        <w:t>44711.61</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-117208.62</w:t>
+        <w:t>-23411.350000000006</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3717792273.2642994</w:t>
+        <w:t>362759189.9924</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.18136301833563087</w:t>
+        <w:t>0.3126737299729782</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16675.33</w:t>
+        <w:t>23947.92</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>37745.92</w:t>
+        <w:t>24720.69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>54421.25</w:t>
+        <w:t>48668.61</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-21070.589999999997</w:t>
+        <w:t>-772.7700000000004</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>629425672.1536</w:t>
+        <w:t>592009106.4647999</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.441778343195768</w:t>
+        <w:t>0.968739950219836</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>4053.8</w:t>
+        <w:t>12583</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>15551.13</w:t>
+        <w:t>12791.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>19604.93</w:t>
+        <w:t>25374.3</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-11497.329999999998</w:t>
+        <w:t>-208.29999999999927</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>63041170.794</w:t>
+        <w:t>160952927.89999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.26067559077700464</w:t>
+        <w:t>0.9837154941249131</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16723.69</w:t>
+        <w:t>14108.59</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>6135.73</w:t>
+        <w:t>12544.12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>22859.42</w:t>
+        <w:t>26652.71</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>10587.96</w:t>
+        <w:t>1564.4699999999993</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>102612046.44369999</w:t>
+        <w:t>176979845.99080002</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>2.7256235199397625</w:t>
+        <w:t>1.1247173974738762</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r>
         <w:t xml:space="preserve">a = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>55178</w:t>
+        <w:t>5881.03</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, b = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>65447.44</w:t>
+        <w:t>3846.79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a + ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>120625.44</w:t>
+        <w:t>9727.82</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a - ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>-10269.440000000002</w:t>
+        <w:t>2034.2399999999998</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a * ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>3611258844.32</w:t>
+        <w:t>22623087.3937</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">{​{ calc ds.a / ds.b }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
         <w:t/>
-        <w:t>0.8430887441892303</w:t>
+        <w:t>1.5288149340099146</w:t>
         <w:t/>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
@@ -1558,51 +1558,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5f8a750607a641be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd9b4e02ea79e476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9863bf20c14b4ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb09c7d6796b9472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd5cb65e452d4ac1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R45b13ce4f50d4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2e952c68938c4d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8a52ca55a3314e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rce488ea4ef324f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R36efeeacb5e24c4a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>