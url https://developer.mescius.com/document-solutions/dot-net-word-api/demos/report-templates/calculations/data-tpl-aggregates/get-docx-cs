--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,463 +1,463 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd76dc33af9ef441e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2101c063c5d644d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8ef50dd826f144ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb47daedf70bc418e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0df130c4d6724dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4464925d5bd143cc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7853.97</w:t>
+        <w:t>47833.33</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5285.65</w:t>
+        <w:t>4576.03</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2270.45</w:t>
+        <w:t>8916.59</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>12577.32</w:t>
+        <w:t>5979.61</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2833.44</w:t>
+        <w:t>10596.98</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>4687.61</w:t>
+        <w:t>2309.75</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>4930.47</w:t>
+        <w:t>22886.15</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>10948.63</w:t>
+        <w:t>14624.09</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7393.4</w:t>
+        <w:t>32665.35</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>18791.25</w:t>
+        <w:t>13647.59</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>18211.2</w:t>
+        <w:t>7844.44</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>15533.76</w:t>
+        <w:t>13917.39</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2854.9</w:t>
+        <w:t>7379.26</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8782.465384615383</w:t>
+        <w:t>14859.735384615384</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7853.97</w:t>
+        <w:t>47833.33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2854.9</w:t>
+        <w:t>7379.26</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18791.25</w:t>
+        <w:t>47833.33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2270.45</w:t>
+        <w:t>2309.75</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>114172.04999999999</w:t>
+        <w:t>193176.56</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8782.465384615385</w:t>
+        <w:t>14859.735384615387</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>108924643.43245386</w:t>
+        <w:t>372497222.12826157</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>88.7502232192527</w:t>
+        <w:t>113.17888732407712</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>114172.04999999999</w:t>
+        <w:t>193176.56</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1280,51 +1280,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0edb92adbb5d4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e32f94544a64819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfbad0f0ad6a54827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rf9ec3a388f5d4675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R256af3c3c24f413a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R34755a801e174eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R751d0db64cb74bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5864b4c30894704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb44c77a963324f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R84e5beb575064146" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>