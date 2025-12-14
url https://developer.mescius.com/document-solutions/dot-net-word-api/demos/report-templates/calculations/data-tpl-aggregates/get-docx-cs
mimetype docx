--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -1,463 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb47daedf70bc418e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0df130c4d6724dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4464925d5bd143cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56b53ccb48ec4a00" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71c40d8bedb84afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R551387b8c30940ca" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>47833.33</w:t>
+        <w:t>5584.59</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>4576.03</w:t>
+        <w:t>8263.17</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>8916.59</w:t>
+        <w:t>4360.7</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5979.61</w:t>
+        <w:t>13674.14</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>10596.98</w:t>
+        <w:t>3099.7</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2309.75</w:t>
+        <w:t>8043.08</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>22886.15</w:t>
+        <w:t>7235.89</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>14624.09</w:t>
+        <w:t>2213.42</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>32665.35</w:t>
+        <w:t>55610.43</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>13647.59</w:t>
+        <w:t>13360.17</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7844.44</w:t>
+        <w:t>14453.71</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>13917.39</w:t>
+        <w:t>64660.83</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7379.26</w:t>
+        <w:t>7108.17</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>75202.69</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>12937.24</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8479.23</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14859.735384615384</w:t>
+        <w:t>19017.947500000002</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>13</w:t>
+        <w:t>16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>47833.33</w:t>
+        <w:t>5584.59</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>7379.26</w:t>
+        <w:t>8479.23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>47833.33</w:t>
+        <w:t>75202.69</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2309.75</w:t>
+        <w:t>2213.42</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>193176.56</w:t>
+        <w:t>304287.16000000003</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14859.735384615387</w:t>
+        <w:t>19017.947500000002</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>372497222.12826157</w:t>
+        <w:t>877700560.1108626</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>113.17888732407712</w:t>
+        <w:t>119.77203181693642</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>193176.56</w:t>
+        <w:t>304287.16000000003</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1280,51 +1325,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R34755a801e174eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R751d0db64cb74bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc5864b4c30894704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb44c77a963324f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R84e5beb575064146" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2faac90dcc4a42be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd94aada92ba947f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R26e4ebbc8ae94551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41efaa7dd1df4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R852e556175a64414" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>