--- v2 (2025-12-14)
+++ v3 (2025-12-14)
@@ -1,508 +1,553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R56b53ccb48ec4a00" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R71c40d8bedb84afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R551387b8c30940ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b47e9a5615f4f3b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb209f8c719b4d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R726458df89cd4619" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5584.59</w:t>
-[...224 lines deleted...]
-        <w:t>8479.23</w:t>
+        <w:t>20277.8</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>958.65</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2505.01</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>199317.5</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>123898.88</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>13368.83</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>31396.54</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>54081</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5584.18</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8371.85</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>21713.35</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>15213.46</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>10967.47</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>58796.56</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4686.16</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>81029.5</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>167648</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2319.21</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8888.15</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19017.947500000002</w:t>
+        <w:t>43738.00526315789</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5584.59</w:t>
+        <w:t>20277.8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8479.23</w:t>
+        <w:t>8888.15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>75202.69</w:t>
+        <w:t>199317.5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2213.42</w:t>
+        <w:t>958.65</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>304287.16000000003</w:t>
+        <w:t>831022.0999999999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19017.947500000002</w:t>
+        <w:t>43738.00526315789</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>877700560.1108626</w:t>
+        <w:t>5197130788.588064</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>119.77203181693642</w:t>
+        <w:t>170.33403348809276</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>304287.16000000003</w:t>
+        <w:t>831022.0999999999</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1325,51 +1370,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2faac90dcc4a42be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd94aada92ba947f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R26e4ebbc8ae94551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R41efaa7dd1df4cf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R852e556175a64414" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0953d7c2d034379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb758ba9ae27d4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R74384f2f24c24e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0bc643f629204685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e1279068d634dcc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>