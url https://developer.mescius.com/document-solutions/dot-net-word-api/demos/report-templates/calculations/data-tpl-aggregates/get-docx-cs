--- v3 (2025-12-14)
+++ v4 (2025-12-16)
@@ -1,553 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4b47e9a5615f4f3b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfb209f8c719b4d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R726458df89cd4619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55c4aed0b2c84df2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6f6f805320914b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e3d712ff901462d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>20277.8</w:t>
-[...269 lines deleted...]
-        <w:t>8888.15</w:t>
+        <w:t>3751.24</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5049.9</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2774.75</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>7881.07</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>15081.54</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>7099.81</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>3661.19</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>13237.22</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>96836.5</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>1800.99</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>3904.07</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>15255.48</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5164.68</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4659.59</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>13435.59</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9181.61</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>38372.36</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>37983.21</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>43738.00526315789</w:t>
+        <w:t>15840.599999999999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>20277.8</w:t>
+        <w:t>3751.24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8888.15</w:t>
+        <w:t>37983.21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>199317.5</w:t>
+        <w:t>96836.5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>958.65</w:t>
+        <w:t>1800.99</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>831022.0999999999</w:t>
+        <w:t>285130.8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>43738.00526315789</w:t>
+        <w:t>15840.599999999999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5197130788.588064</w:t>
+        <w:t>746264442.9342778</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>170.33403348809276</w:t>
+        <w:t>107.70277163032755</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>831022.0999999999</w:t>
+        <w:t>285130.8</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1370,51 +1355,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra0953d7c2d034379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb758ba9ae27d4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R74384f2f24c24e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0bc643f629204685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R7e1279068d634dcc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra235f6e4a79d4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R409b1a2c39e94505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R825fb9e8579840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6da881d86f8440fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0bd5b41396e740cf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>