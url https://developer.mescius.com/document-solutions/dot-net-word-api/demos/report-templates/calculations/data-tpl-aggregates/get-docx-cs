--- v4 (2025-12-16)
+++ v5 (2025-12-17)
@@ -1,538 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R55c4aed0b2c84df2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6f6f805320914b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e3d712ff901462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97ccb61b3d0e46b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2c5705402bb642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd812711dba541e0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>3751.24</w:t>
+        <w:t>30735.41</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5049.9</w:t>
+        <w:t>12085.03</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2774.75</w:t>
+        <w:t>1672.02</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7881.07</w:t>
+        <w:t>19550.9</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>15081.54</w:t>
+        <w:t>3414.77</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>7099.81</w:t>
+        <w:t>209949</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>3661.19</w:t>
+        <w:t>13639.81</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>13237.22</w:t>
+        <w:t>80610.18</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>96836.5</w:t>
+        <w:t>60613.06</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>1800.99</w:t>
+        <w:t>11482.87</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>3904.07</w:t>
+        <w:t>12803.33</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>15255.48</w:t>
+        <w:t>702347</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5164.68</w:t>
+        <w:t>5817.27</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>4659.59</w:t>
+        <w:t>7953.65</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>13435.59</w:t>
+        <w:t>1073.65</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>9181.61</w:t>
-[...29 lines deleted...]
-        <w:t>37983.21</w:t>
+        <w:t>5556.8</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>15840.599999999999</w:t>
+        <w:t>73706.54687499999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18</w:t>
+        <w:t>16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>3751.24</w:t>
+        <w:t>30735.41</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>37983.21</w:t>
+        <w:t>5556.8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>96836.5</w:t>
+        <w:t>702347</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1800.99</w:t>
+        <w:t>1073.65</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>285130.8</w:t>
+        <w:t>1179304.7499999998</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>15840.599999999999</w:t>
+        <w:t>73706.54687499999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>746264442.9342778</w:t>
+        <w:t>34352512528.406757</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>107.70277163032755</w:t>
+        <w:t>185.04014194702913</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>285130.8</w:t>
+        <w:t>1179304.7499999998</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1355,51 +1325,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra235f6e4a79d4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R409b1a2c39e94505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R825fb9e8579840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6da881d86f8440fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0bd5b41396e740cf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f05eb2a1fb9424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Recd94aca31734460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3db5edfc9d7f4c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0008df78573e4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra81f7d67a065443a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>