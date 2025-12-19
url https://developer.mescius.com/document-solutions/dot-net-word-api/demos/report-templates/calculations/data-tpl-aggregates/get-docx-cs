--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,508 +1,553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R97ccb61b3d0e46b3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2c5705402bb642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rbd812711dba541e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf2323b24d264072" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R559e76f482d94732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2f4418be862348fa" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>30735.41</w:t>
-[...224 lines deleted...]
-        <w:t>5556.8</w:t>
+        <w:t>20002.58</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>12238.39</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>31844.86</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5300.31</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>964.63</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>16032.79</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8140.53</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>24325.64</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5973.54</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2597.67</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>381.36</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5531.23</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9652.72</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>1631.77</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>46110.8</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>10059.06</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>12695.87</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>13963.8</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2508.52</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>73706.54687499999</w:t>
+        <w:t>12102.951052631577</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>30735.41</w:t>
+        <w:t>20002.58</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>5556.8</w:t>
+        <w:t>2508.52</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>702347</w:t>
+        <w:t>46110.8</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1073.65</w:t>
+        <w:t>381.36</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1179304.7499999998</w:t>
+        <w:t>229956.06999999998</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>73706.54687499999</w:t>
+        <w:t>12102.95105263158</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>34352512528.406757</w:t>
+        <w:t>277206336.69162637</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>185.04014194702913</w:t>
+        <w:t>98.10220648239171</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1179304.7499999998</w:t>
+        <w:t>229956.06999999998</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1325,51 +1370,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f05eb2a1fb9424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Recd94aca31734460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3db5edfc9d7f4c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0008df78573e4077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra81f7d67a065443a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1edc11f0ebb74324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8111ec86b1a4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2a47834e883944d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R84769594e9d34e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdca2fb02a7094b94" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>