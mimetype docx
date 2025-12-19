--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,553 +1,523 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf2323b24d264072" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R559e76f482d94732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2f4418be862348fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9784f44e450d4f0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18790859d4764fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reeae2b1fbe414137" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>20002.58</w:t>
+        <w:t>12837.18</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>12238.39</w:t>
+        <w:t>22176.21</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>31844.86</w:t>
+        <w:t>29841.13</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5300.31</w:t>
+        <w:t>376.22</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>964.63</w:t>
+        <w:t>10075.37</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>16032.79</w:t>
+        <w:t>73562.54</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>8140.53</w:t>
+        <w:t>4965.21</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>24325.64</w:t>
+        <w:t>6770.74</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5973.54</w:t>
+        <w:t>1463.15</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2597.67</w:t>
+        <w:t>9153.86</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>381.36</w:t>
+        <w:t>15670.11</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>5531.23</w:t>
+        <w:t>130217.67</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>9652.72</w:t>
+        <w:t>4437.64</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>1631.77</w:t>
+        <w:t>558238</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>46110.8</w:t>
+        <w:t>10868.14</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>10059.06</w:t>
+        <w:t>5855.84</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>12695.87</w:t>
-[...29 lines deleted...]
-        <w:t>2508.52</w:t>
+        <w:t>14141.38</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12102.951052631577</w:t>
+        <w:t>53567.67</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>20002.58</w:t>
+        <w:t>12837.18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2508.52</w:t>
+        <w:t>14141.38</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46110.8</w:t>
+        <w:t>558238</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>381.36</w:t>
+        <w:t>376.22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>229956.06999999998</w:t>
+        <w:t>910650.39</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12102.95105263158</w:t>
+        <w:t>53567.670000000006</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>277206336.69162637</w:t>
+        <w:t>19789443517.797897</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>98.10220648239171</w:t>
+        <w:t>159.5372776571363</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>229956.06999999998</w:t>
+        <w:t>910650.39</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1370,51 +1340,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1edc11f0ebb74324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rb8111ec86b1a4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2a47834e883944d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R84769594e9d34e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdca2fb02a7094b94" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07471f5e89e84e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref1b05e645ec432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf15757242b24cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re51effbdd3d04f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd179c68d5cfa4033" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>