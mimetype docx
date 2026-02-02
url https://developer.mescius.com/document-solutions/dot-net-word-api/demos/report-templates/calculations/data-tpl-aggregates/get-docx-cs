--- v7 (2025-12-19)
+++ v8 (2026-02-02)
@@ -1,523 +1,557 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9784f44e450d4f0f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R18790859d4764fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reeae2b1fbe414137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25346cf2bd2e47f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb05ce92cfc784e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R567c07e7d8464fa1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>12837.18</w:t>
-[...239 lines deleted...]
-        <w:t>14141.38</w:t>
+        <w:t>30372.33</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>19407.57</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5966.24</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9482.7</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9528.22</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>178539</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>24217.61</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2711.47</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4880.11</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>6549.2</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>10810.67</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5846.6</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4857.97</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8901.6</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8430.45</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>4541.06</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>600.47</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>5809.4</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2479.17</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>53567.67</w:t>
+        <w:t>18101.675789473677</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17</w:t>
+        <w:t/>
+        <w:t>19</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>12837.18</w:t>
+        <w:t>30372.33</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>14141.38</w:t>
+        <w:t>2479.17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>558238</w:t>
+        <w:t>178539</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>376.22</w:t>
+        <w:t>600.47</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>910650.39</w:t>
+        <w:t>343931.83999999985</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>53567.670000000006</w:t>
+        <w:t/>
+        <w:t>18101.675789473687</w:t>
+        <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>19789443517.797897</w:t>
+        <w:t>1812526572.596874</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>159.5372776571363</w:t>
+        <w:t>106.37059356969428</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>910650.39</w:t>
+        <w:t>343931.83999999985</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1340,51 +1374,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R07471f5e89e84e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ref1b05e645ec432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbf15757242b24cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re51effbdd3d04f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd179c68d5cfa4033" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0e2421e5468b487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R72618090d1094daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf8f4619a54074df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64b553173fa849d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdef0bfc476c34177" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>