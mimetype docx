--- v8 (2026-02-02)
+++ v9 (2026-03-20)
@@ -1,557 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R25346cf2bd2e47f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb05ce92cfc784e29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R567c07e7d8464fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e2f3d75dd9d447e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R483f987a45814c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0116097262904f51" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>30372.33</w:t>
-[...269 lines deleted...]
-        <w:t>2479.17</w:t>
+        <w:t>8144.29</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>18449.14</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>11673.18</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>37427.6</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>19238.58</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>2811.81</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>6141.61</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>17083.88</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>33311</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8010.63</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>46035.78</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>6431.46</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>10931.6</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>3872.52</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>9471.06</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>8222.38</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>14428.86</w:t>
+      </w:r>
+      <w:r/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+      <w:r/>
+      <w:r>
+        <w:t>46304.89</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>18101.675789473677</w:t>
+        <w:t>17110.570555555558</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>19</w:t>
+        <w:t>18</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>30372.33</w:t>
+        <w:t>8144.29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2479.17</w:t>
+        <w:t>46304.89</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>178539</w:t>
+        <w:t>46304.89</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>600.47</w:t>
+        <w:t>2811.81</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>343931.83999999985</w:t>
+        <w:t>307990.27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>18101.675789473687</w:t>
+        <w:t>17110.570555555554</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>1812526572.596874</w:t>
+        <w:t>479443635.30011666</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>106.37059356969428</w:t>
+        <w:t>121.40216212754879</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>343931.83999999985</w:t>
+        <w:t>307990.27</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1374,51 +1359,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0e2421e5468b487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R72618090d1094daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf8f4619a54074df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R64b553173fa849d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rdef0bfc476c34177" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R55f3fe638be04df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3984ff4f2fa6429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R515adacb9d5340bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra5f9db5764a84157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14bd31dd95f940fb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>