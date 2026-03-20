--- v9 (2026-03-20)
+++ v10 (2026-03-20)
@@ -1,542 +1,422 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3e2f3d75dd9d447e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R483f987a45814c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0116097262904f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R428fd631cde74097" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6abd59a757434130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R862c6ab020a041a7" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Report templates: calc aggregate functions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t>This example demonstrates the available aggregate functions that can be used with the 'calc' report templates feature for data aggregation. Unlike other report templates constructs, aggregates do not cause repetition of content in the generated document. Instead, they aggregate data and insert the (single) resulting value into the document. For example, to insert the sum of a field's values in all records of a data source, the template '{{calc Sum(ds.value)}}' can be used. Aggregate functions' arguments can be expressions involving data, other functions and constants. The data source used in this demo is a list of random decimal values. Please see this example's source code for full details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Data values to aggregate:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>8144.29</w:t>
+        <w:t>7539.75</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>18449.14</w:t>
+        <w:t>14648.82</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>11673.18</w:t>
+        <w:t>24236.38</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>37427.6</w:t>
+        <w:t>131693.29</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>19238.58</w:t>
+        <w:t>14508.19</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>2811.81</w:t>
+        <w:t>12186.31</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>6141.61</w:t>
+        <w:t>5085.54</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>17083.88</w:t>
+        <w:t>26606.54</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>33311</w:t>
+        <w:t>14977.27</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r/>
       <w:r/>
       <w:r/>
       <w:r>
-        <w:t>8010.63</w:t>
-[...119 lines deleted...]
-        <w:t>46304.89</w:t>
+        <w:t>6797.15</w:t>
       </w:r>
       <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Simple aggregates:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>17110.570555555558</w:t>
+        <w:t>25827.924</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Count(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>18</w:t>
+        <w:t>10</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc First(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>8144.29</w:t>
+        <w:t>7539.75</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Last(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46304.89</w:t>
+        <w:t>6797.15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Max(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>46304.89</w:t>
+        <w:t>131693.29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Min(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>2811.81</w:t>
+        <w:t>5085.54</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>307990.27</w:t>
+        <w:t>258279.24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Aggregates on expressions:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(ds.value / Count(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
         <w:t/>
-        <w:t>17110.570555555554</w:t>
+        <w:t>25827.924</w:t>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Pow(ds.value, 2)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>479443635.30011666</w:t>
+        <w:t>1956524478.51142</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Average(Sqrt(ds.value)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>121.40216212754879</w:t>
+        <w:t>139.65362637629184</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">{​​​​{ calc Sum(Iif(ds.value &gt; 50, ds.value, 0)) }} :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
-        <w:t>307990.27</w:t>
+        <w:t>258279.24</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1359,51 +1239,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R55f3fe638be04df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3984ff4f2fa6429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R515adacb9d5340bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra5f9db5764a84157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R14bd31dd95f940fb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3537f8e543ff48f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ree75ac919dce4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R693ea9472e574c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1a786ebbc536450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4f21d7873b3a48cc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>