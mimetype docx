--- v0 (2025-10-22)
+++ v1 (2025-10-22)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8854380bc8994b28" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R81ae3b2688664778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R612b6a1c9a5d4b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb5057da33d54808" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0d44eac7a5f4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2d434b111acd4d4c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra2b5d43ca4f74e02">
+      <w:hyperlink r:id="Rdd08405330734020">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R2d827c1485044436">
+      <w:hyperlink r:id="R2c4e11431ccd4d98">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R603b06c79c76479e">
+      <w:hyperlink r:id="Rcc669b9272f4453c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36953286b58f42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1dc7b53273a44d73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbae43470b99b44bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R392fed9f398d4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Ra2b5d43ca4f74e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R2d827c1485044436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R603b06c79c76479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Re76d214ef7714865" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re83cd64547c64e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bf734a7c40245a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea8540584c9c4b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2cdebf7b103c43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rdd08405330734020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R2c4e11431ccd4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rcc669b9272f4453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6d7aed3914e941e9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>