--- v1 (2025-10-22)
+++ v2 (2025-12-07)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb5057da33d54808" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd0d44eac7a5f4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2d434b111acd4d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Recd8dcd02fa84052" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re07fc690b2bc4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6594b8a334b3427d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Rdd08405330734020">
+      <w:hyperlink r:id="Rb2d32895a8184e6b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R2c4e11431ccd4d98">
+      <w:hyperlink r:id="R3fcb6eeddf7b428e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcc669b9272f4453c">
+      <w:hyperlink r:id="R31638eec837c4449">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re83cd64547c64e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R5bf734a7c40245a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rea8540584c9c4b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R2cdebf7b103c43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rdd08405330734020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R2c4e11431ccd4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rcc669b9272f4453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6d7aed3914e941e9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a3ef1d819fa412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6df57bb2803841e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4da7523ff7334f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1128272392614c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rb2d32895a8184e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R3fcb6eeddf7b428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R31638eec837c4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R778be2f56a7c4ddc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>