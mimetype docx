--- v2 (2025-12-07)
+++ v3 (2025-12-13)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Recd8dcd02fa84052" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re07fc690b2bc4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R6594b8a334b3427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8520a45e9ff64bdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb43a8c3668ab4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e581ddb60884d29" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb2d32895a8184e6b">
+      <w:hyperlink r:id="R759b63e29e934da4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R3fcb6eeddf7b428e">
+      <w:hyperlink r:id="Re971b86168484a72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R31638eec837c4449">
+      <w:hyperlink r:id="R0b3ef3485b0f4eb5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R6a3ef1d819fa412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6df57bb2803841e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4da7523ff7334f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R1128272392614c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rb2d32895a8184e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R3fcb6eeddf7b428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R31638eec837c4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R778be2f56a7c4ddc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0304e12b8ec145f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R745cd49c7a7941db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712e84165ca64ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3e2fbc4e380f49d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R759b63e29e934da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Re971b86168484a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R0b3ef3485b0f4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra84b4b6fb9054af7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>