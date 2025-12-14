--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8520a45e9ff64bdb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb43a8c3668ab4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1e581ddb60884d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R804c289f23384ac1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb6def19c40574b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb019388119404af4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R759b63e29e934da4">
+      <w:hyperlink r:id="Rfbaa29e4892f46c0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="Re971b86168484a72">
+      <w:hyperlink r:id="R187e24263643495b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R0b3ef3485b0f4eb5">
+      <w:hyperlink r:id="Rf7b5740b141c4ad2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0304e12b8ec145f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R745cd49c7a7941db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R712e84165ca64ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R3e2fbc4e380f49d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R759b63e29e934da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Re971b86168484a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R0b3ef3485b0f4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra84b4b6fb9054af7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36ffa41a74814c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbc11058c25514904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R52887472e3044d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rea7cdb8148d7482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rfbaa29e4892f46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R187e24263643495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rf7b5740b141c4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref89789734c645fa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>