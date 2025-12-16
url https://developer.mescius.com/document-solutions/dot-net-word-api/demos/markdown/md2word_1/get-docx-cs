--- v4 (2025-12-14)
+++ v5 (2025-12-16)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R804c289f23384ac1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb6def19c40574b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rb019388119404af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb892b6e6a3c04924" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R752585962cb2439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R81bd342e6f5e4f7b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Rfbaa29e4892f46c0">
+      <w:hyperlink r:id="Rabdd256deba04084">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R187e24263643495b">
+      <w:hyperlink r:id="R56baa454c3de4a6a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="Rf7b5740b141c4ad2">
+      <w:hyperlink r:id="R1280a8ab8c154c7d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R36ffa41a74814c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbc11058c25514904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R52887472e3044d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rea7cdb8148d7482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rfbaa29e4892f46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R187e24263643495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rf7b5740b141c4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ref89789734c645fa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra85d45f05c7d4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0583f83935b746fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb46732c6758445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd914837cf86741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rabdd256deba04084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R56baa454c3de4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R1280a8ab8c154c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf6bd7d6befbc4ba5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>