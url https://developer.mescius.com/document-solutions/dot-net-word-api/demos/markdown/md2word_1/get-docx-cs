--- v5 (2025-12-16)
+++ v6 (2025-12-17)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb892b6e6a3c04924" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R752585962cb2439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R81bd342e6f5e4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47e63113507c4fd5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5894242daef84eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4861e6847896433c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Rabdd256deba04084">
+      <w:hyperlink r:id="R5479d409d5bd4860">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R56baa454c3de4a6a">
+      <w:hyperlink r:id="R3db7c29270f34b8a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R1280a8ab8c154c7d">
+      <w:hyperlink r:id="R4f836be6aa9c4626">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra85d45f05c7d4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0583f83935b746fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rfb46732c6758445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd914837cf86741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Rabdd256deba04084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R56baa454c3de4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R1280a8ab8c154c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf6bd7d6befbc4ba5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76de486b8f9a4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89ee7fabb14b4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1370c65d7b8d4d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra06384482c644d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R5479d409d5bd4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R3db7c29270f34b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R4f836be6aa9c4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34cc827dd1044ffa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>