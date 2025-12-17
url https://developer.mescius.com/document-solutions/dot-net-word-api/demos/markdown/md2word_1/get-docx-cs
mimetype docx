--- v6 (2025-12-17)
+++ v7 (2025-12-17)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R47e63113507c4fd5" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5894242daef84eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4861e6847896433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7f665279c6ac4ab4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc506545a58334aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82825d792bd74961" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R5479d409d5bd4860">
+      <w:hyperlink r:id="Re79c2e08abe542fa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R3db7c29270f34b8a">
+      <w:hyperlink r:id="R45e154372de14723">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R4f836be6aa9c4626">
+      <w:hyperlink r:id="Ra46a9c07a0834e81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R76de486b8f9a4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R89ee7fabb14b4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1370c65d7b8d4d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra06384482c644d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R5479d409d5bd4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R3db7c29270f34b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R4f836be6aa9c4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R34cc827dd1044ffa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98677df44c434545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re45ab07822794d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf107de61cbe64ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd90febe943b142c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Re79c2e08abe542fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R45e154372de14723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Ra46a9c07a0834e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d5b3b5e263a4bac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>