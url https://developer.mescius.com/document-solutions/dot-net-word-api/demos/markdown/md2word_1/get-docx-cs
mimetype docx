--- v7 (2025-12-17)
+++ v8 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7f665279c6ac4ab4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc506545a58334aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R82825d792bd74961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51a2321092f344a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcacc36f14eac4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c78813c621b4d88" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="Re79c2e08abe542fa">
+      <w:hyperlink r:id="R225f5be955734869">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R45e154372de14723">
+      <w:hyperlink r:id="R31ccf1c715e848b5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra46a9c07a0834e81">
+      <w:hyperlink r:id="Rc44c04e764154728">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R98677df44c434545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re45ab07822794d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rf107de61cbe64ed3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd90febe943b142c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="Re79c2e08abe542fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R45e154372de14723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Ra46a9c07a0834e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5d5b3b5e263a4bac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0804b4e71de5438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4230b3489b34043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e6b63fe1da148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R83d4d7a3c3fa4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R225f5be955734869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R31ccf1c715e848b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rc44c04e764154728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f23c55fa0d44781" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>