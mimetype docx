--- v8 (2025-12-19)
+++ v9 (2025-12-19)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R51a2321092f344a2" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rcacc36f14eac4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R7c78813c621b4d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra85c26afaa704a83" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bf2eb9f33c844b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45adb491ff2441ec" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R225f5be955734869">
+      <w:hyperlink r:id="R659f876413bb4346">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R31ccf1c715e848b5">
+      <w:hyperlink r:id="Rd1776d35afe54ec8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc44c04e764154728">
+      <w:hyperlink r:id="Re7a4d2fb2e714498">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0804b4e71de5438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re4230b3489b34043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1e6b63fe1da148bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R83d4d7a3c3fa4165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R225f5be955734869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R31ccf1c715e848b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rc44c04e764154728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5f23c55fa0d44781" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c87add27d934a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f9bc4564b8843a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R49dd64380d7e460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R148dea2fd7d94e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R659f876413bb4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Rd1776d35afe54ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Re7a4d2fb2e714498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd03ad09c73f34bf0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>