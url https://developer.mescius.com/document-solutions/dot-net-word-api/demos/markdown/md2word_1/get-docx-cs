--- v9 (2025-12-19)
+++ v10 (2026-02-02)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra85c26afaa704a83" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1bf2eb9f33c844b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R45adb491ff2441ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a4446a5e93b42eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca005d7a0d734049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50e63464fe7242c3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R659f876413bb4346">
+      <w:hyperlink r:id="R7034cdcc57324d07">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd1776d35afe54ec8">
+      <w:hyperlink r:id="R5085db8494304461">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="Re7a4d2fb2e714498">
+      <w:hyperlink r:id="R344d425117b54559">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c87add27d934a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7f9bc4564b8843a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R49dd64380d7e460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R148dea2fd7d94e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R659f876413bb4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Rd1776d35afe54ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Re7a4d2fb2e714498" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd03ad09c73f34bf0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb2264c7637b9470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce8ab6d53b75423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0081614aaedc48e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R15f59d0a8e834cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R7034cdcc57324d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R5085db8494304461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R344d425117b54559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R98355a1feaf64483" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>