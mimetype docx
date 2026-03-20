--- v10 (2026-02-02)
+++ v11 (2026-03-20)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a4446a5e93b42eb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rca005d7a0d734049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R50e63464fe7242c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R814131e13dd141e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f5aa1fb0d464b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4fd75d819320487a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R7034cdcc57324d07">
+      <w:hyperlink r:id="R175c6be7f1d847f5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="R5085db8494304461">
+      <w:hyperlink r:id="Raa54c36ba19d4abe">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R344d425117b54559">
+      <w:hyperlink r:id="R19161d04d0754901">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb2264c7637b9470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rce8ab6d53b75423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0081614aaedc48e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R15f59d0a8e834cba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R7034cdcc57324d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="R5085db8494304461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R344d425117b54559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R98355a1feaf64483" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3391547c5b24457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R00828082d09547e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a2cdb31fc504e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R90437178dfd342e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R175c6be7f1d847f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Raa54c36ba19d4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R19161d04d0754901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbea8481e38104b80" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>