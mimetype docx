--- v11 (2026-03-20)
+++ v12 (2026-03-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R814131e13dd141e6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3f5aa1fb0d464b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R4fd75d819320487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6b3282fc463d420b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e1e5fb088774564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R223917aa89ea40ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Changelog</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>All notable changes to this project will be documented in this file.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The format is based on </w:t>
       </w:r>
-      <w:hyperlink r:id="R175c6be7f1d847f5">
+      <w:hyperlink r:id="R70f91e992b49468d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Keep a Changelog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and this project adheres to </w:t>
       </w:r>
-      <w:hyperlink r:id="Raa54c36ba19d4abe">
+      <w:hyperlink r:id="Red150e65c54449fd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Semantic Versioning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r>
@@ -14164,51 +14164,51 @@
         </w:rPr>
         <w:t>Breaking change</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>: All public APIs that used page numbers now use zero-based page indices. (DOC-3536)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">PDF.js library was updated from v2.0.943 to v2.10.377, see </w:t>
       </w:r>
-      <w:hyperlink r:id="R19161d04d0754901">
+      <w:hyperlink r:id="Rc0d857a7172d4a7e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>PDF.js Release Notes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -35461,51 +35461,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3391547c5b24457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R00828082d09547e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R5a2cdb31fc504e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R90437178dfd342e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R175c6be7f1d847f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Raa54c36ba19d4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="R19161d04d0754901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbea8481e38104b80" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3c6e3f4cad664456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1982be1508d0408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rab43fd74ee534fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R4a8b9fcb52f340f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://keepachangelog.com/en/1.0.0/" TargetMode="External" Id="R70f91e992b49468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://semver.org/spec/v2.0.0.html" TargetMode="External" Id="Red150e65c54449fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/mozilla/pdf.js/releases" TargetMode="External" Id="Rc0d857a7172d4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4105c1ab00ef448f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>