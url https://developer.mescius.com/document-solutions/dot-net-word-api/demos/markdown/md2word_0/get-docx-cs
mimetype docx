--- v0 (2025-10-25)
+++ v1 (2025-12-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcca6889df1834ffb" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R4091deff26754908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d3b8a3691584342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4009493955c34c59" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rba7e9df733474117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reba375a6e5964d99" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R2c774ffd343f49be">
+      <w:hyperlink r:id="R9a2c872cdebb4de3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R4be19e935adf4811">
+      <w:hyperlink r:id="R9ce79a01455848f3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Rffe61e155c264e03">
+      <w:hyperlink r:id="R0999ef059b4e4282">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R13edb155fd434a19">
+      <w:hyperlink r:id="Rd826eae9fed94574">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="R499e275f7a68431f">
+      <w:hyperlink r:id="Re7bb1370a9494800">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbf07938621a241b3">
+      <w:hyperlink r:id="Ra4944f49011946c4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R16aa170a2adc4a3c">
+      <w:hyperlink r:id="R71592b32cb19497a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="6563936139291924310"/>
-      <w:bookmarkEnd w:id="6563936139291924310"/>
+      <w:bookmarkStart w:name="support_api" w:id="4796679927549812083"/>
+      <w:bookmarkEnd w:id="4796679927549812083"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="R68daa107e5474fd3">
+      <w:hyperlink r:id="Re9bfe482ddc44d3f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbecee368a85f4dd8">
+      <w:hyperlink r:id="Rb465a499bdf6491b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R37640b4ffbe44124">
+      <w:hyperlink r:id="Ra0985cc4cb9244ed">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcb9d4b11eada4dc8">
+      <w:hyperlink r:id="R0ef7a67198ee427c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R0f738e048a7e40e2">
+      <w:hyperlink r:id="R5621be4e81d14e3e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="Reef05324cb554eeb">
+      <w:hyperlink r:id="R20ab60468a324de9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="12946392126124908142"/>
-      <w:bookmarkEnd w:id="12946392126124908142"/>
+      <w:bookmarkStart w:name="japanese" w:id="11405324213095455018"/>
+      <w:bookmarkEnd w:id="11405324213095455018"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R1df859277f6a44b7">
+      <w:hyperlink r:id="Rf2ca7bef05bb4177">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R81e8b598de8b45f7">
+      <w:hyperlink r:id="R319f735912ae470c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R2c2c6210d0994113">
+      <w:hyperlink r:id="R28ac29f45eb84248">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R022fc17351e1417a">
+      <w:hyperlink r:id="R567a9dd285504ae8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R396524cf79f34c94">
+      <w:hyperlink r:id="R1016498325e341a1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R0cee741af5964c78">
+      <w:hyperlink r:id="R657cf6baf3654e77">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R1d81f6608ac946fb">
+      <w:hyperlink r:id="Rbffaec19f5e0428a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R601132e8cd4f4d0f">
+      <w:hyperlink r:id="Re1ab635129324014">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R29ab2b7141034c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re7c0b5940eef43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ref25c0d9112a41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re361c26f88824115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R2c774ffd343f49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R4be19e935adf4811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rffe61e155c264e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R13edb155fd434a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R499e275f7a68431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rbf07938621a241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R16aa170a2adc4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R68daa107e5474fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rbecee368a85f4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R37640b4ffbe44124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Rcb9d4b11eada4dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R0f738e048a7e40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Reef05324cb554eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R1df859277f6a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R81e8b598de8b45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R2c2c6210d0994113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R022fc17351e1417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R396524cf79f34c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R0cee741af5964c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R1d81f6608ac946fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R601132e8cd4f4d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0ac051caaf194309" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4fc561032f3745f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd31d693102ac4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6c82dfac58e475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd0ae8663c22342c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R9a2c872cdebb4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R9ce79a01455848f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R0999ef059b4e4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rd826eae9fed94574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Re7bb1370a9494800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Ra4944f49011946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R71592b32cb19497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re9bfe482ddc44d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rb465a499bdf6491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Ra0985cc4cb9244ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R0ef7a67198ee427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R5621be4e81d14e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R20ab60468a324de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rf2ca7bef05bb4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R319f735912ae470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R28ac29f45eb84248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R567a9dd285504ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R1016498325e341a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R657cf6baf3654e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Rbffaec19f5e0428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Re1ab635129324014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R491ef1fdf71542a7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>