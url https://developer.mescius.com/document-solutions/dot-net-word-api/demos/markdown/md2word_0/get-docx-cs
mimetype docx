--- v1 (2025-12-09)
+++ v2 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4009493955c34c59" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rba7e9df733474117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Reba375a6e5964d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6369c0c1451846ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a6f06b5a2984168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ef656c491fa44db" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R9a2c872cdebb4de3">
+      <w:hyperlink r:id="Rede67eb616194f83">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R9ce79a01455848f3">
+      <w:hyperlink r:id="Re801532595ca4ba9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="R0999ef059b4e4282">
+      <w:hyperlink r:id="Raf3993808c514230">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd826eae9fed94574">
+      <w:hyperlink r:id="R5e0456e51f144b82">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Re7bb1370a9494800">
+      <w:hyperlink r:id="R661f013d37e84de6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra4944f49011946c4">
+      <w:hyperlink r:id="R739d31a2a8794d51">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R71592b32cb19497a">
+      <w:hyperlink r:id="R4caa6564c75045f0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="4796679927549812083"/>
-      <w:bookmarkEnd w:id="4796679927549812083"/>
+      <w:bookmarkStart w:name="support_api" w:id="13080316032947254857"/>
+      <w:bookmarkEnd w:id="13080316032947254857"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Re9bfe482ddc44d3f">
+      <w:hyperlink r:id="Race14952e8d74d55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb465a499bdf6491b">
+      <w:hyperlink r:id="R5c058bf855474490">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra0985cc4cb9244ed">
+      <w:hyperlink r:id="R045f1dcb2040427b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R0ef7a67198ee427c">
+      <w:hyperlink r:id="R59aa4740766a4f96">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R5621be4e81d14e3e">
+      <w:hyperlink r:id="Ra3bf6fdccbd24160">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R20ab60468a324de9">
+      <w:hyperlink r:id="R20c2aadff61e4bd8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="11405324213095455018"/>
-      <w:bookmarkEnd w:id="11405324213095455018"/>
+      <w:bookmarkStart w:name="japanese" w:id="1945930070362297658"/>
+      <w:bookmarkEnd w:id="1945930070362297658"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="Rf2ca7bef05bb4177">
+      <w:hyperlink r:id="R330a0ffcbafe474d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R319f735912ae470c">
+      <w:hyperlink r:id="R2ee825bb7b6f4c76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R28ac29f45eb84248">
+      <w:hyperlink r:id="R172cde79f19f4eee">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R567a9dd285504ae8">
+      <w:hyperlink r:id="R2c8c187d59cd46f3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R1016498325e341a1">
+      <w:hyperlink r:id="R4445a35294404d37">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R657cf6baf3654e77">
+      <w:hyperlink r:id="R2b7b45f7c4e4427d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rbffaec19f5e0428a">
+      <w:hyperlink r:id="Re332a7dd5a814859">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re1ab635129324014">
+      <w:hyperlink r:id="Rebdf3ce9592547bb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4fc561032f3745f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd31d693102ac4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd6c82dfac58e475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd0ae8663c22342c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R9a2c872cdebb4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R9ce79a01455848f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R0999ef059b4e4282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rd826eae9fed94574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Re7bb1370a9494800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Ra4944f49011946c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R71592b32cb19497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re9bfe482ddc44d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rb465a499bdf6491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Ra0985cc4cb9244ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R0ef7a67198ee427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R5621be4e81d14e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R20ab60468a324de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rf2ca7bef05bb4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R319f735912ae470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R28ac29f45eb84248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R567a9dd285504ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R1016498325e341a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R657cf6baf3654e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Rbffaec19f5e0428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Re1ab635129324014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R491ef1fdf71542a7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f1b782741854f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4600c1923b74c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc787e4f1410f4d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ref20eb4f0bbc4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Rede67eb616194f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re801532595ca4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Raf3993808c514230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R5e0456e51f144b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R661f013d37e84de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R739d31a2a8794d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R4caa6564c75045f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Race14952e8d74d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R5c058bf855474490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R045f1dcb2040427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R59aa4740766a4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra3bf6fdccbd24160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R20c2aadff61e4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R330a0ffcbafe474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R2ee825bb7b6f4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R172cde79f19f4eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R2c8c187d59cd46f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R4445a35294404d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R2b7b45f7c4e4427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Re332a7dd5a814859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rebdf3ce9592547bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra854a2d904a54784" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>