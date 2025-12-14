--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6369c0c1451846ca" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R6a6f06b5a2984168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1ef656c491fa44db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf73684a196cd4715" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R03033d8e62574305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87c9200076184406" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="Rede67eb616194f83">
+      <w:hyperlink r:id="R30b24b2e12144a7b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="Re801532595ca4ba9">
+      <w:hyperlink r:id="R1e5964421db44e28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Raf3993808c514230">
+      <w:hyperlink r:id="R5a4d1343ae4d4c7e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R5e0456e51f144b82">
+      <w:hyperlink r:id="R115db47d45ff43f0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="R661f013d37e84de6">
+      <w:hyperlink r:id="Rd3e328f4b5514d81">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R739d31a2a8794d51">
+      <w:hyperlink r:id="Rd2844c8acb874396">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R4caa6564c75045f0">
+      <w:hyperlink r:id="R92ee1bf3790844eb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="13080316032947254857"/>
-      <w:bookmarkEnd w:id="13080316032947254857"/>
+      <w:bookmarkStart w:name="support_api" w:id="2910200813503909978"/>
+      <w:bookmarkEnd w:id="2910200813503909978"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Race14952e8d74d55">
+      <w:hyperlink r:id="Re964951373ca4d87">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R5c058bf855474490">
+      <w:hyperlink r:id="Rb8d8d42d415a49ad">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R045f1dcb2040427b">
+      <w:hyperlink r:id="R577796d7b8794902">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R59aa4740766a4f96">
+      <w:hyperlink r:id="R8af1b0f7f62d4e94">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra3bf6fdccbd24160">
+      <w:hyperlink r:id="Rdc4d2c0ab97c4917">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R20c2aadff61e4bd8">
+      <w:hyperlink r:id="Rde09dc7baab94ed1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="1945930070362297658"/>
-      <w:bookmarkEnd w:id="1945930070362297658"/>
+      <w:bookmarkStart w:name="japanese" w:id="18101829817635847003"/>
+      <w:bookmarkEnd w:id="18101829817635847003"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R330a0ffcbafe474d">
+      <w:hyperlink r:id="R1c6bacdb04e249fe">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R2ee825bb7b6f4c76">
+      <w:hyperlink r:id="Rf6e716624cb548cd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R172cde79f19f4eee">
+      <w:hyperlink r:id="Rf3a1fabdfcdb42f7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R2c8c187d59cd46f3">
+      <w:hyperlink r:id="Re50b658c98e04e32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R4445a35294404d37">
+      <w:hyperlink r:id="R6e069fb077c84dd2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R2b7b45f7c4e4427d">
+      <w:hyperlink r:id="Rdcfa96282b9345dd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re332a7dd5a814859">
+      <w:hyperlink r:id="R16989976a09544be">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rebdf3ce9592547bb">
+      <w:hyperlink r:id="R0b18c421c4e44e24">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0f1b782741854f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd4600c1923b74c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc787e4f1410f4d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ref20eb4f0bbc4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Rede67eb616194f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re801532595ca4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Raf3993808c514230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R5e0456e51f144b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R661f013d37e84de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R739d31a2a8794d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R4caa6564c75045f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Race14952e8d74d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R5c058bf855474490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R045f1dcb2040427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R59aa4740766a4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra3bf6fdccbd24160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R20c2aadff61e4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R330a0ffcbafe474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R2ee825bb7b6f4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R172cde79f19f4eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R2c8c187d59cd46f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R4445a35294404d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R2b7b45f7c4e4427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Re332a7dd5a814859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rebdf3ce9592547bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra854a2d904a54784" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf41e95ac219b47ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e1e361404024557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra7216e9c58d84ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc5373ec14c37421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R30b24b2e12144a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R1e5964421db44e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R5a4d1343ae4d4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R115db47d45ff43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rd3e328f4b5514d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rd2844c8acb874396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R92ee1bf3790844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re964951373ca4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rb8d8d42d415a49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R577796d7b8794902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R8af1b0f7f62d4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rdc4d2c0ab97c4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rde09dc7baab94ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R1c6bacdb04e249fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Rf6e716624cb548cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Rf3a1fabdfcdb42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Re50b658c98e04e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R6e069fb077c84dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rdcfa96282b9345dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R16989976a09544be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R0b18c421c4e44e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e7ca2ecc95e4aee" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>