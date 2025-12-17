--- v3 (2025-12-14)
+++ v4 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf73684a196cd4715" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R03033d8e62574305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R87c9200076184406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfba77f0ab2cd4ef8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf597159d2da4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2f623eae7d2544a9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R30b24b2e12144a7b">
+      <w:hyperlink r:id="Raa9425325ef644d8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R1e5964421db44e28">
+      <w:hyperlink r:id="R8abade21bc5e463f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="R5a4d1343ae4d4c7e">
+      <w:hyperlink r:id="R8aad69156658416f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R115db47d45ff43f0">
+      <w:hyperlink r:id="Ra903fc79f0e54193">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd3e328f4b5514d81">
+      <w:hyperlink r:id="R55a9bc5664764764">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd2844c8acb874396">
+      <w:hyperlink r:id="R7e831d3e390a42a8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R92ee1bf3790844eb">
+      <w:hyperlink r:id="R1579418cd90f40e0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="2910200813503909978"/>
-      <w:bookmarkEnd w:id="2910200813503909978"/>
+      <w:bookmarkStart w:name="support_api" w:id="5883977496808312546"/>
+      <w:bookmarkEnd w:id="5883977496808312546"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Re964951373ca4d87">
+      <w:hyperlink r:id="Rc5dc492b6e134f06">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb8d8d42d415a49ad">
+      <w:hyperlink r:id="R22e8189134fe4f7e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R577796d7b8794902">
+      <w:hyperlink r:id="Rc1fd770a8e244acf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R8af1b0f7f62d4e94">
+      <w:hyperlink r:id="R743f326412d74ac8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="Rdc4d2c0ab97c4917">
+      <w:hyperlink r:id="Ra2243a96eb834ccf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="Rde09dc7baab94ed1">
+      <w:hyperlink r:id="R7c8be673e8244c47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="18101829817635847003"/>
-      <w:bookmarkEnd w:id="18101829817635847003"/>
+      <w:bookmarkStart w:name="japanese" w:id="6089874138433160563"/>
+      <w:bookmarkEnd w:id="6089874138433160563"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R1c6bacdb04e249fe">
+      <w:hyperlink r:id="R273d85940cf64052">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rf6e716624cb548cd">
+      <w:hyperlink r:id="R2611390b664f4da0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="Rf3a1fabdfcdb42f7">
+      <w:hyperlink r:id="R2768f3d2d6114aea">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re50b658c98e04e32">
+      <w:hyperlink r:id="Rfd3a6de641fe404a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R6e069fb077c84dd2">
+      <w:hyperlink r:id="R2b83009ba1bd46c4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rdcfa96282b9345dd">
+      <w:hyperlink r:id="R6886e45e0d904b76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R16989976a09544be">
+      <w:hyperlink r:id="R71a092ea4b9441eb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R0b18c421c4e44e24">
+      <w:hyperlink r:id="Rb248802b00cc455e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf41e95ac219b47ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3e1e361404024557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra7216e9c58d84ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rc5373ec14c37421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R30b24b2e12144a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R1e5964421db44e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R5a4d1343ae4d4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R115db47d45ff43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rd3e328f4b5514d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rd2844c8acb874396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R92ee1bf3790844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Re964951373ca4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rb8d8d42d415a49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R577796d7b8794902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R8af1b0f7f62d4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rdc4d2c0ab97c4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rde09dc7baab94ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R1c6bacdb04e249fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Rf6e716624cb548cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Rf3a1fabdfcdb42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Re50b658c98e04e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R6e069fb077c84dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rdcfa96282b9345dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R16989976a09544be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R0b18c421c4e44e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0e7ca2ecc95e4aee" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c30f322c78f45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a4160e5af0f4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R137a36f3814f4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb5ef587f3ae2498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Raa9425325ef644d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8abade21bc5e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R8aad69156658416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Ra903fc79f0e54193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R55a9bc5664764764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R7e831d3e390a42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R1579418cd90f40e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc5dc492b6e134f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R22e8189134fe4f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rc1fd770a8e244acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R743f326412d74ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra2243a96eb834ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R7c8be673e8244c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R273d85940cf64052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R2611390b664f4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R2768f3d2d6114aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Rfd3a6de641fe404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R2b83009ba1bd46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R6886e45e0d904b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R71a092ea4b9441eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rb248802b00cc455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06a6dd4a5a664d1a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>