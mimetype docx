--- v4 (2025-12-17)
+++ v5 (2025-12-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfba77f0ab2cd4ef8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Raf597159d2da4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2f623eae7d2544a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R46c10a925a8e4f51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R884ead0864d2465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0eb7e5db13a486f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="Raa9425325ef644d8">
+      <w:hyperlink r:id="R3bb011ae36a744d7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R8abade21bc5e463f">
+      <w:hyperlink r:id="R75548f0eb1054ecf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="R8aad69156658416f">
+      <w:hyperlink r:id="Rafab67f373fc4b29">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra903fc79f0e54193">
+      <w:hyperlink r:id="R8cde605818514f49">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="R55a9bc5664764764">
+      <w:hyperlink r:id="Rb91caecc908d445f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R7e831d3e390a42a8">
+      <w:hyperlink r:id="R8e42c1f513f44604">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R1579418cd90f40e0">
+      <w:hyperlink r:id="R27caa452d2224159">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="5883977496808312546"/>
-      <w:bookmarkEnd w:id="5883977496808312546"/>
+      <w:bookmarkStart w:name="support_api" w:id="9063184041692721094"/>
+      <w:bookmarkEnd w:id="9063184041692721094"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc5dc492b6e134f06">
+      <w:hyperlink r:id="Rc3dc3d65cae24b75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R22e8189134fe4f7e">
+      <w:hyperlink r:id="R78047b6d11944cfa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc1fd770a8e244acf">
+      <w:hyperlink r:id="R76195fa89c2342eb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R743f326412d74ac8">
+      <w:hyperlink r:id="R5ead57c6f36c42a1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra2243a96eb834ccf">
+      <w:hyperlink r:id="Rcb532ab541f54564">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R7c8be673e8244c47">
+      <w:hyperlink r:id="R3a216234a03b41ba">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="6089874138433160563"/>
-      <w:bookmarkEnd w:id="6089874138433160563"/>
+      <w:bookmarkStart w:name="japanese" w:id="3211622483798256021"/>
+      <w:bookmarkEnd w:id="3211622483798256021"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R273d85940cf64052">
+      <w:hyperlink r:id="R7cd534d685254383">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R2611390b664f4da0">
+      <w:hyperlink r:id="Reba7385ff47940a4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R2768f3d2d6114aea">
+      <w:hyperlink r:id="R54eb2578292c44aa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rfd3a6de641fe404a">
+      <w:hyperlink r:id="Redf1bc11ec884919">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R2b83009ba1bd46c4">
+      <w:hyperlink r:id="R88df022f424b41b0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R6886e45e0d904b76">
+      <w:hyperlink r:id="Rea701046412f4938">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R71a092ea4b9441eb">
+      <w:hyperlink r:id="R8c149b8e438149c7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rb248802b00cc455e">
+      <w:hyperlink r:id="Rd1de0eba9b514679">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R7c30f322c78f45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3a4160e5af0f4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R137a36f3814f4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb5ef587f3ae2498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Raa9425325ef644d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8abade21bc5e463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R8aad69156658416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Ra903fc79f0e54193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R55a9bc5664764764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R7e831d3e390a42a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R1579418cd90f40e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc5dc492b6e134f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R22e8189134fe4f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rc1fd770a8e244acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R743f326412d74ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra2243a96eb834ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R7c8be673e8244c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R273d85940cf64052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R2611390b664f4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R2768f3d2d6114aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Rfd3a6de641fe404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R2b83009ba1bd46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R6886e45e0d904b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R71a092ea4b9441eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rb248802b00cc455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R06a6dd4a5a664d1a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R119afc71ec91417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ff2b9a96bbd4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8db30cc72fb4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6a6d368086e74bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R3bb011ae36a744d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R75548f0eb1054ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rafab67f373fc4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R8cde605818514f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rb91caecc908d445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R8e42c1f513f44604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R27caa452d2224159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc3dc3d65cae24b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R78047b6d11944cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R76195fa89c2342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R5ead57c6f36c42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rcb532ab541f54564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R3a216234a03b41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R7cd534d685254383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Reba7385ff47940a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R54eb2578292c44aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Redf1bc11ec884919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R88df022f424b41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rea701046412f4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R8c149b8e438149c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rd1de0eba9b514679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R48e227f647ec4e44" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>