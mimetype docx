--- v5 (2025-12-18)
+++ v6 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R46c10a925a8e4f51" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R884ead0864d2465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf0eb7e5db13a486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R045dfa965618498e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7cefbae3ed346eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44def7fe00a84bd3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R3bb011ae36a744d7">
+      <w:hyperlink r:id="R3726a2b4efd94c8b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R75548f0eb1054ecf">
+      <w:hyperlink r:id="Rc88bee16d6104f64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Rafab67f373fc4b29">
+      <w:hyperlink r:id="Rcaf6c45a204b4260">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R8cde605818514f49">
+      <w:hyperlink r:id="R4d81c58922cb4313">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb91caecc908d445f">
+      <w:hyperlink r:id="R1a1439c862a9456e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R8e42c1f513f44604">
+      <w:hyperlink r:id="Rbfaef59e60024e12">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R27caa452d2224159">
+      <w:hyperlink r:id="R3bc4ffdbae6045ad">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="9063184041692721094"/>
-      <w:bookmarkEnd w:id="9063184041692721094"/>
+      <w:bookmarkStart w:name="support_api" w:id="11377072764614824847"/>
+      <w:bookmarkEnd w:id="11377072764614824847"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc3dc3d65cae24b75">
+      <w:hyperlink r:id="R8d6b16c3300b4012">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R78047b6d11944cfa">
+      <w:hyperlink r:id="R5adacf7e7f734de0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R76195fa89c2342eb">
+      <w:hyperlink r:id="R7e56e853d5be479b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R5ead57c6f36c42a1">
+      <w:hyperlink r:id="Raca45dc42d194677">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcb532ab541f54564">
+      <w:hyperlink r:id="R88291fc9fd504982">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R3a216234a03b41ba">
+      <w:hyperlink r:id="R98644792047b419c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="3211622483798256021"/>
-      <w:bookmarkEnd w:id="3211622483798256021"/>
+      <w:bookmarkStart w:name="japanese" w:id="4964935172571435312"/>
+      <w:bookmarkEnd w:id="4964935172571435312"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R7cd534d685254383">
+      <w:hyperlink r:id="Rd161d8b01e634edd">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Reba7385ff47940a4">
+      <w:hyperlink r:id="R6e17af2517b14af0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R54eb2578292c44aa">
+      <w:hyperlink r:id="R860a56e67c7b4d6c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Redf1bc11ec884919">
+      <w:hyperlink r:id="R65440d283c5d4a71">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R88df022f424b41b0">
+      <w:hyperlink r:id="Rfbf6d514f9824a0c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rea701046412f4938">
+      <w:hyperlink r:id="R346da40c0f154430">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R8c149b8e438149c7">
+      <w:hyperlink r:id="R0763cdbfb68745a2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rd1de0eba9b514679">
+      <w:hyperlink r:id="R9d8d849c8fc34f80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R119afc71ec91417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R3ff2b9a96bbd4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re8db30cc72fb4d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R6a6d368086e74bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R3bb011ae36a744d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R75548f0eb1054ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rafab67f373fc4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R8cde605818514f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rb91caecc908d445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R8e42c1f513f44604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R27caa452d2224159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc3dc3d65cae24b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R78047b6d11944cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R76195fa89c2342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R5ead57c6f36c42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rcb532ab541f54564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R3a216234a03b41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R7cd534d685254383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Reba7385ff47940a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R54eb2578292c44aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Redf1bc11ec884919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R88df022f424b41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rea701046412f4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R8c149b8e438149c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Rd1de0eba9b514679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R48e227f647ec4e44" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R20b8657a59a144a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cbf6cfc628f4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1288853412e54bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20387bf4192d4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R3726a2b4efd94c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc88bee16d6104f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rcaf6c45a204b4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R4d81c58922cb4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R1a1439c862a9456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rbfaef59e60024e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R3bc4ffdbae6045ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8d6b16c3300b4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R5adacf7e7f734de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R7e56e853d5be479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Raca45dc42d194677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R88291fc9fd504982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R98644792047b419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rd161d8b01e634edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R6e17af2517b14af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R860a56e67c7b4d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R65440d283c5d4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="Rfbf6d514f9824a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R346da40c0f154430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R0763cdbfb68745a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R9d8d849c8fc34f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e690614563f4d04" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>