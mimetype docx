--- v6 (2025-12-19)
+++ v7 (2025-12-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R045dfa965618498e" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd7cefbae3ed346eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R44def7fe00a84bd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc6ab90309d8e44ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb738a35a45e0477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf8535621fdd94a35" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R3726a2b4efd94c8b">
+      <w:hyperlink r:id="R0d8900f66e4c4e42">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="Rc88bee16d6104f64">
+      <w:hyperlink r:id="R8bd80b2989d548ce">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcaf6c45a204b4260">
+      <w:hyperlink r:id="Re58d45add7b14e18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R4d81c58922cb4313">
+      <w:hyperlink r:id="Rd7d4c17b2c9c435e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="R1a1439c862a9456e">
+      <w:hyperlink r:id="R1afe08d9720c43c4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbfaef59e60024e12">
+      <w:hyperlink r:id="R09f66d71356a4e0a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R3bc4ffdbae6045ad">
+      <w:hyperlink r:id="R61fe61f3c8394b2f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="11377072764614824847"/>
-      <w:bookmarkEnd w:id="11377072764614824847"/>
+      <w:bookmarkStart w:name="support_api" w:id="4708459750605174706"/>
+      <w:bookmarkEnd w:id="4708459750605174706"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="R8d6b16c3300b4012">
+      <w:hyperlink r:id="R28805b46d13d405e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R5adacf7e7f734de0">
+      <w:hyperlink r:id="R131961c84920475f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R7e56e853d5be479b">
+      <w:hyperlink r:id="R96ee926c595746e5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="Raca45dc42d194677">
+      <w:hyperlink r:id="R723c08a9702c4d06">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R88291fc9fd504982">
+      <w:hyperlink r:id="R74444261ad12421f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R98644792047b419c">
+      <w:hyperlink r:id="Ra212cf5d776249c9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="4964935172571435312"/>
-      <w:bookmarkEnd w:id="4964935172571435312"/>
+      <w:bookmarkStart w:name="japanese" w:id="2804387258701011272"/>
+      <w:bookmarkEnd w:id="2804387258701011272"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="Rd161d8b01e634edd">
+      <w:hyperlink r:id="Rb2470141f1e247fa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R6e17af2517b14af0">
+      <w:hyperlink r:id="R220769162f244832">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R860a56e67c7b4d6c">
+      <w:hyperlink r:id="R0b99b8fa7086483a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R65440d283c5d4a71">
+      <w:hyperlink r:id="R3d1be5e7e40745bc">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rfbf6d514f9824a0c">
+      <w:hyperlink r:id="Re4d55430c9a043bf">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R346da40c0f154430">
+      <w:hyperlink r:id="Rc1daca766bc44428">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R0763cdbfb68745a2">
+      <w:hyperlink r:id="R813252e52f964f4a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R9d8d849c8fc34f80">
+      <w:hyperlink r:id="R89e849c9f5ed432c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R20b8657a59a144a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2cbf6cfc628f4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1288853412e54bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R20387bf4192d4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R3726a2b4efd94c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc88bee16d6104f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rcaf6c45a204b4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R4d81c58922cb4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R1a1439c862a9456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rbfaef59e60024e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R3bc4ffdbae6045ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8d6b16c3300b4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R5adacf7e7f734de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R7e56e853d5be479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Raca45dc42d194677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R88291fc9fd504982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R98644792047b419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rd161d8b01e634edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R6e17af2517b14af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R860a56e67c7b4d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R65440d283c5d4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="Rfbf6d514f9824a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R346da40c0f154430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R0763cdbfb68745a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R9d8d849c8fc34f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2e690614563f4d04" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4ecaad9cc0a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18047a66068e4f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0290e79a081f45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R13da8bfc76c2441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R0d8900f66e4c4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8bd80b2989d548ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Re58d45add7b14e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rd7d4c17b2c9c435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R1afe08d9720c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R09f66d71356a4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R61fe61f3c8394b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R28805b46d13d405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R131961c84920475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R96ee926c595746e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R723c08a9702c4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R74444261ad12421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Ra212cf5d776249c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rb2470141f1e247fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R220769162f244832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R0b99b8fa7086483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R3d1be5e7e40745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="Re4d55430c9a043bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rc1daca766bc44428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R813252e52f964f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R89e849c9f5ed432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R37b8501598fe49c2" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>