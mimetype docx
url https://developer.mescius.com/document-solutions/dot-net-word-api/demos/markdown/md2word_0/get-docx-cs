--- v7 (2025-12-19)
+++ v8 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc6ab90309d8e44ea" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rb738a35a45e0477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf8535621fdd94a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb5dbadea19041fd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re3c046bf32ef40dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd18dbaa2f8a4aed" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R0d8900f66e4c4e42">
+      <w:hyperlink r:id="Rff4e0c0f089842ac">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R8bd80b2989d548ce">
+      <w:hyperlink r:id="R5c748a03040e4d0c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Re58d45add7b14e18">
+      <w:hyperlink r:id="Re9bb78703b5741ed">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd7d4c17b2c9c435e">
+      <w:hyperlink r:id="Rdf0117fb440f4d5b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="R1afe08d9720c43c4">
+      <w:hyperlink r:id="Re982383916254999">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R09f66d71356a4e0a">
+      <w:hyperlink r:id="Rccfd9ccde26b4549">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R61fe61f3c8394b2f">
+      <w:hyperlink r:id="R8c19f097c3834dec">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="4708459750605174706"/>
-      <w:bookmarkEnd w:id="4708459750605174706"/>
+      <w:bookmarkStart w:name="support_api" w:id="11556549904961729767"/>
+      <w:bookmarkEnd w:id="11556549904961729767"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="R28805b46d13d405e">
+      <w:hyperlink r:id="R3dd2629ba29b4105">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R131961c84920475f">
+      <w:hyperlink r:id="R00975331426b400b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R96ee926c595746e5">
+      <w:hyperlink r:id="R7570c15cc2244e11">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R723c08a9702c4d06">
+      <w:hyperlink r:id="Re452581f84f943ba">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R74444261ad12421f">
+      <w:hyperlink r:id="R7a7c5ea82d524df7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="Ra212cf5d776249c9">
+      <w:hyperlink r:id="R47107fa736f94b69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="2804387258701011272"/>
-      <w:bookmarkEnd w:id="2804387258701011272"/>
+      <w:bookmarkStart w:name="japanese" w:id="9035497907021139115"/>
+      <w:bookmarkEnd w:id="9035497907021139115"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="Rb2470141f1e247fa">
+      <w:hyperlink r:id="R10a607c41abb4b3d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R220769162f244832">
+      <w:hyperlink r:id="Rdf64506ab8334d4c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R0b99b8fa7086483a">
+      <w:hyperlink r:id="Re99a741acf444521">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R3d1be5e7e40745bc">
+      <w:hyperlink r:id="R554533f5d1554d89">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re4d55430c9a043bf">
+      <w:hyperlink r:id="R4d97da33c21744ae">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rc1daca766bc44428">
+      <w:hyperlink r:id="Rfe615142537d4a6d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R813252e52f964f4a">
+      <w:hyperlink r:id="R18c2f4ecd7fe4452">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R89e849c9f5ed432c">
+      <w:hyperlink r:id="R96ec7767327f4188">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc4ecaad9cc0a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R18047a66068e4f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R0290e79a081f45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R13da8bfc76c2441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R0d8900f66e4c4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R8bd80b2989d548ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Re58d45add7b14e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rd7d4c17b2c9c435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="R1afe08d9720c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R09f66d71356a4e0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R61fe61f3c8394b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R28805b46d13d405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R131961c84920475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R96ee926c595746e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R723c08a9702c4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R74444261ad12421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Ra212cf5d776249c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rb2470141f1e247fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="R220769162f244832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R0b99b8fa7086483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R3d1be5e7e40745bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="Re4d55430c9a043bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rc1daca766bc44428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R813252e52f964f4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R89e849c9f5ed432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R37b8501598fe49c2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb213cc61af5a4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re78f91434c29460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8992dc1b152f4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb4d54992cefb4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Rff4e0c0f089842ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R5c748a03040e4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Re9bb78703b5741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rdf0117fb440f4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Re982383916254999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rccfd9ccde26b4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R8c19f097c3834dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R3dd2629ba29b4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R00975331426b400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R7570c15cc2244e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Re452581f84f943ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R7a7c5ea82d524df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R47107fa736f94b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R10a607c41abb4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Rdf64506ab8334d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Re99a741acf444521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R554533f5d1554d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R4d97da33c21744ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rfe615142537d4a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R18c2f4ecd7fe4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R96ec7767327f4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc8a5e774712e4c2c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>