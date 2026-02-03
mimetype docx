--- v8 (2026-02-03)
+++ v9 (2026-02-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Reb5dbadea19041fd" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Re3c046bf32ef40dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rdd18dbaa2f8a4aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2332a623d5604130" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd857bb3464f497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a362b6f36ed41bf" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="Rff4e0c0f089842ac">
+      <w:hyperlink r:id="R16bdd9cdb79840b4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="R5c748a03040e4d0c">
+      <w:hyperlink r:id="Ra006647ac94b4212">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="Re9bb78703b5741ed">
+      <w:hyperlink r:id="R57bff2b8c6274ec2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="Rdf0117fb440f4d5b">
+      <w:hyperlink r:id="R26068c39f5bb41e4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Re982383916254999">
+      <w:hyperlink r:id="Rb39aabf9f18748a2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="Rccfd9ccde26b4549">
+      <w:hyperlink r:id="R0b1261c73ec543c2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R8c19f097c3834dec">
+      <w:hyperlink r:id="R1f53a74004c442d6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="11556549904961729767"/>
-      <w:bookmarkEnd w:id="11556549904961729767"/>
+      <w:bookmarkStart w:name="support_api" w:id="6500169980147391523"/>
+      <w:bookmarkEnd w:id="6500169980147391523"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="R3dd2629ba29b4105">
+      <w:hyperlink r:id="R9d034bd9deec416f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R00975331426b400b">
+      <w:hyperlink r:id="Rc6c50c25516c43d6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="R7570c15cc2244e11">
+      <w:hyperlink r:id="Rde995e9a61ef4332">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="Re452581f84f943ba">
+      <w:hyperlink r:id="R2b0142b8ed874c92">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R7a7c5ea82d524df7">
+      <w:hyperlink r:id="R1a656a9bc95a4a40">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="R47107fa736f94b69">
+      <w:hyperlink r:id="Rd4b89a0b117843dc">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="9035497907021139115"/>
-      <w:bookmarkEnd w:id="9035497907021139115"/>
+      <w:bookmarkStart w:name="japanese" w:id="155649432492752866"/>
+      <w:bookmarkEnd w:id="155649432492752866"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R10a607c41abb4b3d">
+      <w:hyperlink r:id="R96595c42879c4f32">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rdf64506ab8334d4c">
+      <w:hyperlink r:id="Re0fc075061924b74">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="Re99a741acf444521">
+      <w:hyperlink r:id="R75046149223f451e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R554533f5d1554d89">
+      <w:hyperlink r:id="Re4d3bc7801734e39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R4d97da33c21744ae">
+      <w:hyperlink r:id="R3200dcb41f18413c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Rfe615142537d4a6d">
+      <w:hyperlink r:id="R10aaec2c762a447a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R18c2f4ecd7fe4452">
+      <w:hyperlink r:id="R030b70a859e8425b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R96ec7767327f4188">
+      <w:hyperlink r:id="Ra0fbfa186ac046d8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb213cc61af5a4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Re78f91434c29460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8992dc1b152f4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rb4d54992cefb4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="Rff4e0c0f089842ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R5c748a03040e4d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Re9bb78703b5741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="Rdf0117fb440f4d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Re982383916254999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="Rccfd9ccde26b4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R8c19f097c3834dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R3dd2629ba29b4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R00975331426b400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R7570c15cc2244e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Re452581f84f943ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R7a7c5ea82d524df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="R47107fa736f94b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R10a607c41abb4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Rdf64506ab8334d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Re99a741acf444521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R554533f5d1554d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R4d97da33c21744ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="Rfe615142537d4a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R18c2f4ecd7fe4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="R96ec7767327f4188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc8a5e774712e4c2c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R12d00d2078b84646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5f46ca239d4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb7beb66c285a4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd02e03865c524ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R16bdd9cdb79840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra006647ac94b4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R57bff2b8c6274ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R26068c39f5bb41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rb39aabf9f18748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R0b1261c73ec543c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R1f53a74004c442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R9d034bd9deec416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rc6c50c25516c43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rde995e9a61ef4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R2b0142b8ed874c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R1a656a9bc95a4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rd4b89a0b117843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R96595c42879c4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Re0fc075061924b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R75046149223f451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Re4d3bc7801734e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R3200dcb41f18413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R10aaec2c762a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R030b70a859e8425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Ra0fbfa186ac046d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6b82dca8f6f4bf4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>