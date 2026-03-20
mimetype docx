--- v9 (2026-02-03)
+++ v10 (2026-03-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2332a623d5604130" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbd857bb3464f497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5a362b6f36ed41bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf1ddd702ae054362" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R97f11aff7750458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R1055a123fb9945c8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:hyperlink w:anchor="japanese">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
@@ -85,88 +85,88 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> below) PDF documents on Windows, MAC, Linux, iOS and Android devices.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">DsPdfViewer is included in </w:t>
       </w:r>
-      <w:hyperlink r:id="R16bdd9cdb79840b4">
+      <w:hyperlink r:id="R84a24b523ff64166">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF (DsPdf)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a feature-rich cross-platform PDF API library for .NET Core.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Client-side (Wasm) or server-side</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="Ra006647ac94b4212">
+      <w:hyperlink r:id="R3a0ce9e6361d4635">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -639,51 +639,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>See it in action</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to </w:t>
       </w:r>
-      <w:hyperlink r:id="R57bff2b8c6274ec2">
+      <w:hyperlink r:id="R756e5473fc3f4bee">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF Viewer demos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to explore the various features of DsPdfViewer, including features that rely on </w:t>
       </w:r>
       <w:hyperlink w:anchor="support_api">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
           </w:rPr>
           <w:t>Support API</w:t>
@@ -701,51 +701,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>The demo site allows you to modify the demo code and immediately see the effect of your changes.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="R26068c39f5bb41e4">
+      <w:hyperlink r:id="R5d10b5b060e34f7b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF API demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>uses DsPdfViewer to display sample PDFs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
@@ -2807,87 +2807,87 @@
         </w:rPr>
         <w:t>: TypeScript declarations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Documentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Online documentation is available </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb39aabf9f18748a2">
+      <w:hyperlink r:id="Rd39c6b65a12046a0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Licensing</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Solutions PDF Viewer is a commercially licensed product. Please </w:t>
       </w:r>
-      <w:hyperlink r:id="R0b1261c73ec543c2">
+      <w:hyperlink r:id="R7b459741362f4dcc">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>visit this page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> for details.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Getting more help</w:t>
       </w:r>
     </w:p>
@@ -2897,51 +2897,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Document Solutions PDF Viewer is distributed as part of Document Solutions for PDF.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>You can ask any questions about the viewer, or report bugs using the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R1f53a74004c442d6">
+      <w:hyperlink r:id="R8bb9906d34934d0f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Document Solutions for PDF public forum</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>More details on using the viewer</w:t>
       </w:r>
     </w:p>
@@ -3249,52 +3249,52 @@
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  const viewer = new DsPdfViewer("#viewer1", { file: 'helloworld.pdf' });</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">  viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="support_api" w:id="6500169980147391523"/>
-      <w:bookmarkEnd w:id="6500169980147391523"/>
+      <w:bookmarkStart w:name="support_api" w:id="4164464257945828702"/>
+      <w:bookmarkEnd w:id="4164464257945828702"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> is our PDF processing engine that enables the PDF editing features of DsPdfViewer.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3320,77 +3320,77 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-T-_-_-_-_-"/>
         </w:rPr>
         <w:t>Server-based Support API</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">: requires </w:t>
       </w:r>
-      <w:hyperlink r:id="R9d034bd9deec416f">
+      <w:hyperlink r:id="Rc117d7150f2f4c35">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DS.Documents.Pdf.ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>NuGet package which needs to run on a .NET server. The viewer connects to it via the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc6c50c25516c43d6">
+      <w:hyperlink r:id="R34391e650208465f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>supportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>and uses that connection to perform any edits.</w:t>
       </w:r>
@@ -3400,71 +3400,71 @@
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>To set up a Support API server on your system and see it in action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">download any of the samples from the </w:t>
       </w:r>
-      <w:hyperlink r:id="Rde995e9a61ef4332">
+      <w:hyperlink r:id="R335f2b4e00c3438d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DsPdfViewer demo site</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">(e.g. </w:t>
       </w:r>
-      <w:hyperlink r:id="R2b0142b8ed874c92">
+      <w:hyperlink r:id="Rf50e1c8aea154540">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>Edit PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">and follow the instructions in the </w:t>
       </w:r>
@@ -3474,51 +3474,51 @@
         </w:rPr>
         <w:t>readme.md</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> included in the downloaded zip.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
         </w:numPr>
         <w:ind w:left="400"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">The full C# source code of </w:t>
       </w:r>
-      <w:hyperlink r:id="R1a656a9bc95a4a40">
+      <w:hyperlink r:id="Ra228e8bec8ab420d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ViewerSupportApi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">together with demo projects for .NET 8 and Web Forms is included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>src/</w:t>
       </w:r>
@@ -3652,51 +3652,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">Also included is </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>run_wasm.cmd</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> that uses </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd4b89a0b117843dc">
+      <w:hyperlink r:id="Rd339521382404cc9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>http-server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t xml:space="preserve">to load </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-Consolas-9-F-F-F-FFDC143C-FFF1F1F1-"/>
         </w:rPr>
         <w:t>index-wasm-server.html</w:t>
       </w:r>
@@ -5404,318 +5404,318 @@
         </w:rPr>
         <w:t>let viewer = new DsPdfViewer('section#pdf');</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>viewer.addDefaultPanels();</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="japanese" w:id="155649432492752866"/>
-      <w:bookmarkEnd w:id="155649432492752866"/>
+      <w:bookmarkStart w:name="japanese" w:id="12435751253097048846"/>
+      <w:bookmarkEnd w:id="12435751253097048846"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>DioDocs PDFビューワ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
-      <w:hyperlink r:id="R96595c42879c4f32">
+      <w:hyperlink r:id="R38d22adc5e864611">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>DioDocs PDFビューワ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>は、WebアプリケーションのクライアントサイドでPDFファイルを読み込んで表示する、JavaScriptベースのPDFビューワです。また、バックエンドのAPIを使って、PDFファイルを編集することもできます。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サンプル</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>使い方については、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re0fc075061924b74">
+      <w:hyperlink r:id="Rda5c3129f7134575">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>デモ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>インストール方法</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlock"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>npm install @mescius/dspdfviewer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_CodeBlockBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>日本語版での動作保証は、</w:t>
       </w:r>
-      <w:hyperlink r:id="R75046149223f451e">
+      <w:hyperlink r:id="Ra78ca8cd7f2d40a7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>日本語版サイト</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>で公開しているバージョンのみとなります。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメント</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ドキュメントについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Re4d3bc7801734e39">
+      <w:hyperlink r:id="R4ff6f6f19a494933">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>ヘルプ</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R3200dcb41f18413c">
+      <w:hyperlink r:id="R140c3275b11c4371">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>APIリファレンス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>製品情報</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>価格、ライセンスについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R10aaec2c762a447a">
+      <w:hyperlink r:id="R9a969c2e2a6c4975">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>製品情報</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>サポート</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline"/>
         </w:rPr>
         <w:t>ナレッジベース、テクニカルサポートについては、下記をご参照ください。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="R030b70a859e8425b">
+      <w:hyperlink r:id="Rbdfb6d4b11944905">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サポート＆サービス</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:hyperlink r:id="Ra0fbfa186ac046d8">
+      <w:hyperlink r:id="Ref07e8d455b949b4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="md_Inline-Calibri-1-F-F-F-FF0000EE-0-"/>
           </w:rPr>
           <w:t>サブスクリプションサービス利用規約</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_ThematicBreak"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="md_Block"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="md_Inline-_-_-_-T-_-_-_-"/>
         </w:rPr>
         <w:t>The End.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
@@ -6817,51 +6817,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R12d00d2078b84646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6f5f46ca239d4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb7beb66c285a4093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rd02e03865c524ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R16bdd9cdb79840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra006647ac94b4212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R57bff2b8c6274ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R26068c39f5bb41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rb39aabf9f18748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R0b1261c73ec543c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R1f53a74004c442d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R9d034bd9deec416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="Rc6c50c25516c43d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="Rde995e9a61ef4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="R2b0142b8ed874c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R1a656a9bc95a4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rd4b89a0b117843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R96595c42879c4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Re0fc075061924b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="R75046149223f451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="Re4d3bc7801734e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R3200dcb41f18413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R10aaec2c762a447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="R030b70a859e8425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Ra0fbfa186ac046d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra6b82dca8f6f4bf4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R16d3090f710b400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rc3683950e70c4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc11158262c35494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rbb8fa0a300ce4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api" TargetMode="External" Id="R84a24b523ff64166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="R3a0ce9e6361d4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R756e5473fc3f4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/demos/" TargetMode="External" Id="R5d10b5b060e34f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/dot-net-pdf-api/docs/online/pdfviewer.html" TargetMode="External" Id="Rd39c6b65a12046a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/licensing" TargetMode="External" Id="R7b459741362f4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/forums/documents-pdf" TargetMode="External" Id="R8bb9906d34934d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Rc117d7150f2f4c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/api/classes/DsPdfViewer.html#supportApi" TargetMode="External" Id="R34391e650208465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/" TargetMode="External" Id="R335f2b4e00c3438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.com/document-solutions/javascript-pdf-viewer/demos/edit-pdf/purejs" TargetMode="External" Id="Rf50e1c8aea154540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nuget.org/packages/DS.Documents.Pdf.ViewerSupportApi/" TargetMode="External" Id="Ra228e8bec8ab420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.npmjs.com/package/http-server" TargetMode="External" Id="Rd339521382404cc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R38d22adc5e864611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demo.mescius.jp/diodocs/pdfviewer/demos/" TargetMode="External" Id="Rda5c3129f7134575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#ReleaseNotes_GcPDFVIewer.html" TargetMode="External" Id="Ra78ca8cd7f2d40a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdf/#grapecitydocumentspdfviewer.html" TargetMode="External" Id="R4ff6f6f19a494933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/help/diodocs/pdfviewer/" TargetMode="External" Id="R140c3275b11c4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/diodocs-pdf/javascript-pdf-viewer" TargetMode="External" Id="R9a969c2e2a6c4975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.mescius.jp/support" TargetMode="External" Id="Rbdfb6d4b11944905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.mescius.jp/license/diodocs/diodocs-subscriptionservice.pdf" TargetMode="External" Id="Ref07e8d455b949b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R727ccead9ca9431d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>