--- v0 (2025-11-01)
+++ v1 (2025-11-01)
@@ -1,790 +1,3474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3c8972779e354db3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R87064299e36d4308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R826559c18d09430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16cc985119374b4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R041ecd145ee44441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8080f8f5aff9446a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 5, col 1 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 2, col 3 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 5, col 1</w:t>
+        <w:t>Row 2, col 3</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 25 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 5 columns by 93 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...74 lines deleted...]
-      <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
+              <w:t>Row 2, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1335,51 +4019,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R85c6773679df45de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R6bd904b3ca2b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1949ece570184a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R051a311580a14e48" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87fe7dfbb47c49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33eb54a1cc1a47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rabb28d3b7897430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8285d97f33a431e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>