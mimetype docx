--- v1 (2025-11-01)
+++ v2 (2025-12-13)
@@ -1,3474 +1,1450 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R16cc985119374b4a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R041ecd145ee44441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8080f8f5aff9446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc31774fb896e452f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R10cd178fe7ae4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86e01764a008438c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Text from cell at row 2, col 3 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
         <w:t>Row 2, col 3</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 93 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 47 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 41, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 42, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 43, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 44, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 46, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 47, col 4</w:t>
-            </w:r>
-[...1707 lines deleted...]
-              <w:t>Row 93, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -4019,51 +1995,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R87fe7dfbb47c49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R33eb54a1cc1a47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rabb28d3b7897430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb8285d97f33a431e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R307540a1484c40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a2563a5c39549fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5f6bbd4ef9e4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9f78e5b4b46e4766" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>