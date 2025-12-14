--- v2 (2025-12-13)
+++ v3 (2025-12-14)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc31774fb896e452f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R10cd178fe7ae4207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R86e01764a008438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5f19ff35dad4c36" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc756bf4f06d42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d3bf5392b3e43f1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 2, col 3 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 6, col 3 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 2, col 3</w:t>
+        <w:t>Row 6, col 3</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 47 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 16 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -70,173 +70,173 @@
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
+              <w:t>Row 2, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
-              <w:t>Row 2, col 3</w:t>
-[...118 lines deleted...]
-            <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
@@ -471,980 +471,50 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
-            </w:r>
-[...928 lines deleted...]
-              <w:t>Row 47, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1995,51 +1065,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R307540a1484c40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R7a2563a5c39549fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb5f6bbd4ef9e4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R9f78e5b4b46e4766" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5e90075abcc44492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rffb568baebe7410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3887e247f9c140d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f5dc0530c94b5d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>