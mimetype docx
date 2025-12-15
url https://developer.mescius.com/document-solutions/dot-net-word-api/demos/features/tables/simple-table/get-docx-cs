--- v3 (2025-12-14)
+++ v4 (2025-12-15)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf5f19ff35dad4c36" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rdc756bf4f06d42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5d3bf5392b3e43f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R711df866243b4c13" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8da3ce3bc1e94921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d08060a49d6410e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 6, col 3 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 5, col 1 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 6, col 3</w:t>
+        <w:t>Row 5, col 1</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 16 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 84 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -146,97 +146,97 @@
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t>Row 5, col 1</w:t>
-[...42 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
+              <w:t>Row 5, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
@@ -471,50 +471,2090 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1065,51 +3105,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5e90075abcc44492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rffb568baebe7410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R3887e247f9c140d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R53f5dc0530c94b5d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rafbb562a0a484a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e715b76cf484c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ba3376ba15d4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5341d386a608479e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>