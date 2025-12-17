--- v4 (2025-12-15)
+++ v5 (2025-12-17)
@@ -1,2560 +1,1513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R711df866243b4c13" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8da3ce3bc1e94921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3d08060a49d6410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R122129667cb341e4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f2f2d92d4ea4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e37a63425c84690" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 5, col 1 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 8, col 3 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 5, col 1</w:t>
+        <w:t>Row 8, col 3</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 84 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 5 columns by 40 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
-              <w:t>Row 5, col 1</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...1315 lines deleted...]
-              <w:t>Row 84, col 4</w:t>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -3105,51 +2058,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rafbb562a0a484a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8e715b76cf484c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1ba3376ba15d4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5341d386a608479e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc0a24f4f172040e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfa2e6c20660a405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27f66971fcdf4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2db119296434c8a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>