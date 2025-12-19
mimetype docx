--- v5 (2025-12-17)
+++ v6 (2025-12-19)
@@ -1,1513 +1,1390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R122129667cb341e4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7f2f2d92d4ea4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8e37a63425c84690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf534d2e2e7b74398" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rada350946e934ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R52ac189a57594e66" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 8, col 3 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 6, col 4 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 8, col 3</w:t>
+        <w:t>Row 6, col 4</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 40 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 45 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
-            </w:r>
-[...65 lines deleted...]
-              <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 29, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 30, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 31, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 32, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 33, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 34, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 35, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 36, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 37, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 38, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 39, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 40, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2 lines deleted...]
-              <w:t>Row 40, col 5</w:t>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -2058,51 +1935,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc0a24f4f172040e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfa2e6c20660a405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27f66971fcdf4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rd2db119296434c8a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d77880b17e14e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R437d5f51f44840bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc690ec1973ec453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc03650b86aa44628" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>