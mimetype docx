--- v6 (2025-12-19)
+++ v7 (2026-02-02)
@@ -1,62 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf534d2e2e7b74398" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rada350946e934ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R52ac189a57594e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb12d6c413366424a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5b8fb38e0b14b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a5dc20399ea486a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 6, col 4 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 10, col 4 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 6, col 4</w:t>
+        <w:t>Row 10, col 4</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 45 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 26 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -197,173 +197,173 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
-              <w:t>Row 6, col 4</w:t>
-[...118 lines deleted...]
-            <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
@@ -771,620 +771,50 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
-            </w:r>
-[...568 lines deleted...]
-              <w:t>Row 45, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1935,51 +1365,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4d77880b17e14e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R437d5f51f44840bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc690ec1973ec453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc03650b86aa44628" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a212a4aa8a54849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c86a5ed28124341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R443f74d19ffb43ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f7ee782067540dd" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>