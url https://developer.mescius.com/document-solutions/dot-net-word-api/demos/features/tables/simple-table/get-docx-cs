--- v7 (2026-02-02)
+++ v8 (2026-02-02)
@@ -1,820 +1,3585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rb12d6c413366424a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra5b8fb38e0b14b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R2a5dc20399ea486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6bb4d827236b49c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd89926b6423d4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9572386ba9204f0f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 10, col 4 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 6, col 4 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 10, col 4</w:t>
+        <w:t>Row 6, col 4</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 26 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 5 columns by 96 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 3, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 4, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 5, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 6, col 3</w:t>
-            </w:r>
-[...118 lines deleted...]
-              <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 92, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 93, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 94, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 95, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 96, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1365,51 +4130,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3a212a4aa8a54849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R0c86a5ed28124341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R443f74d19ffb43ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R2f7ee782067540dd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6f8bf7c4d9c4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbebb6eb890e347d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R562cafcdbf8d4a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra88a9e6d71f040b0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>