--- v8 (2026-02-02)
+++ v9 (2026-03-19)
@@ -1,3585 +1,880 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6bb4d827236b49c1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd89926b6423d4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R9572386ba9204f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3940b9dd26ae45c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9cb35d0116e4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R27269c97fbd54500" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 6, col 4 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 2, col 4 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 6, col 4</w:t>
+        <w:t>Row 2, col 4</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 5 columns by 96 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 4 columns by 28 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
-            </w:r>
-[...146 lines deleted...]
-              <w:t>Row 6, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
+              <w:t>Row 2, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
               <w:t>Row 6, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 7, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...5 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
-            </w:r>
-[...2521 lines deleted...]
-              <w:t>Row 96, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -4130,51 +1425,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb6f8bf7c4d9c4fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rbebb6eb890e347d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R562cafcdbf8d4a6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra88a9e6d71f040b0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0755ae060bb14698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1b4119a2c29a40bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9dba528372574f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R56c24f63b065416c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>