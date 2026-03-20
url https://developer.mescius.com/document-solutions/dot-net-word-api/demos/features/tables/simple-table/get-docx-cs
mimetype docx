--- v9 (2026-03-19)
+++ v10 (2026-03-20)
@@ -1,880 +1,3400 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3940b9dd26ae45c3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra9cb35d0116e4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R27269c97fbd54500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9954ed4071744ba3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R580094b1ec83475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Ref4c72b7dab443f9" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
-        <w:t>Text from cell at row 2, col 4 (drawn with bold/italic font): "</w:t>
+        <w:t>Text from cell at row 8, col 2 (drawn with bold/italic font): "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cell hi-light"/>
         </w:rPr>
-        <w:t>Row 2, col 4</w:t>
+        <w:t>Row 8, col 2</w:t>
       </w:r>
       <w:r>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t>A 4 columns by 28 rows table (note that the there's no 'row 13'):</w:t>
+        <w:t>A 5 columns by 91 rows table (note that the there's no 'row 13'):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 1, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 1, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 2, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 2, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 3, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 4, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 5, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 6, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 7, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="cell hi-light"/>
               </w:rPr>
-              <w:t>Row 2, col 4</w:t>
-[...164 lines deleted...]
-            <w:r>
               <w:t>Row 8, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 8, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 8, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 9, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 9, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 10, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 10, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 11, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 11, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 12, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 12, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 14, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 14, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 15, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 15, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 16, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 16, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 17, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 17, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 18, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 18, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 19, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 19, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 20, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 20, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 21, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 21, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 22, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 22, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 23, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 23, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 24, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 24, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 25, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 25, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 26, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 26, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 27, col 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 27, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>Row 28, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 28, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 29, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 30, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 31, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 32, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 33, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 34, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 35, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 36, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 37, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 38, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 39, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 40, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 41, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 42, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 43, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 44, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 45, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 46, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 47, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 48, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 49, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 50, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 51, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 52, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 53, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 54, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 55, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 56, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 57, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 58, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 59, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 60, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 61, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 62, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 63, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 64, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 65, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 66, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 67, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 68, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 69, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 70, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 71, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 72, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 73, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 74, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 75, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 76, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 77, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 78, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 79, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 80, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 81, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 82, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 83, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 84, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 85, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 86, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 87, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 88, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 89, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 90, col 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t>Row 91, col 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1425,51 +3945,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0755ae060bb14698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R1b4119a2c29a40bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9dba528372574f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R56c24f63b065416c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R304d924522f042c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd6131f2f1d894501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61799b2045c140f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Ra34e5deb283e4059" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>