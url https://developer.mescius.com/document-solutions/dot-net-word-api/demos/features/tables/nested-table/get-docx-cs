--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R86aa4e667dc24769" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R1f4eed1ac8cf4e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R968fa796cc9e4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f834d7beaff41f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce44b40477324fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61b292b8a48a49ba" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf8a9a1e9de694256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R9e0b171dc73a4692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R873e73dabc2c45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc9c4066967e847b2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc6c516571c244e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2224586467454c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7840057bf36d4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd3aaa03d1364cdf" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>