--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R8f834d7beaff41f6" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rce44b40477324fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R61b292b8a48a49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R256194be5d574892" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfdbd8bd5fac943de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rde1667ee0b9f4ce3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc6c516571c244e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2224586467454c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7840057bf36d4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rcd3aaa03d1364cdf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re01c1bf6e4ce4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24efc131171d4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R827c2fb7686b425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb01f82aba734963" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>