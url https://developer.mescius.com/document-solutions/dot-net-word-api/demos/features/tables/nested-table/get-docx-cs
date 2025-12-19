--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R256194be5d574892" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rfdbd8bd5fac943de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rde1667ee0b9f4ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R647471d109c54703" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R11bbe869c2b44b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0451c0193e3d4cde" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re01c1bf6e4ce4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R24efc131171d4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R827c2fb7686b425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rbb01f82aba734963" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R448349bd9825489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d9863d03c4d47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R644edd6584624e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4b16e2f1343545cc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>