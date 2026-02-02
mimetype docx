--- v3 (2025-12-19)
+++ v4 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R647471d109c54703" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R11bbe869c2b44b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0451c0193e3d4cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re08b8534e2e9477f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6ac968fa88b4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf29940404c3409c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R448349bd9825489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R2d9863d03c4d47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R644edd6584624e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R4b16e2f1343545cc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b1003c34936470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd905e8b2eef449e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc841b0cede734c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb4585e05f6a446dc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>