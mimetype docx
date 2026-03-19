--- v4 (2026-02-02)
+++ v5 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re08b8534e2e9477f" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rd6ac968fa88b4904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Raf29940404c3409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7746c9e362b49fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R21c5e82f299f44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf948c27d46fe408a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R2b1003c34936470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rd905e8b2eef449e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc841b0cede734c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rb4585e05f6a446dc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e693075ce254de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra5302b5e745d4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a8ec0b5340443fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc895dbfd312c4b5b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>