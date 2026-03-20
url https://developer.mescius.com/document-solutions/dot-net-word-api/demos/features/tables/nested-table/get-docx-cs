--- v5 (2026-03-19)
+++ v6 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Ra7746c9e362b49fc" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R21c5e82f299f44ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Rf948c27d46fe408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Re496062fdfa34ded" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Ra49e9a4265e44326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R8d3950be091b4297" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R8e693075ce254de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Ra5302b5e745d4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6a8ec0b5340443fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc895dbfd312c4b5b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R741749d7e90a4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rcd1579dc68e94655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R2b3ed831b64f490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R0cf70b5209e74d35" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>