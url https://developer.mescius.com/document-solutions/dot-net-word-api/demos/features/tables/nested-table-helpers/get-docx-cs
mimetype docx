--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R889e1d5395974424" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R644bcd20da5f41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R3b17becd63e04cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R721db23ccea74d0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b455bef34ec417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R22abb5170c68428d" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rb4c257d4365240c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R96612fc93ba04e24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R135735b0991e4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R5afd882de74d4cff" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0f015cca55d43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ada002d21404a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb44fd9875414fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc33cb4225d714255" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>