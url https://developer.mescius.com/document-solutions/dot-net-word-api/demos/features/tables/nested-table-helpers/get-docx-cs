--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R721db23ccea74d0a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R9b455bef34ec417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R22abb5170c68428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b3e75a399284884" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3dbdc8c7246548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4eef7be0e3b425f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0f015cca55d43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R4ada002d21404a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Reb44fd9875414fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rc33cb4225d714255" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbaefaf92f153434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R366f83a6c30f4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4bcc1b3e03ae4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10fff2f2228040b5" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>