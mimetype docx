--- v2 (2025-12-16)
+++ v3 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0b3e75a399284884" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R3dbdc8c7246548a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="Re4eef7be0e3b425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R604d0f7911704908" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc76c63cdf41d48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5558c2d2216c4ad4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rbaefaf92f153434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R366f83a6c30f4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R4bcc1b3e03ae4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R10fff2f2228040b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a9a1fd8bf44417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf29ae5e663634684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7561721a563f4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9ddccc34c38435c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>