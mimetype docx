--- v3 (2025-12-19)
+++ v4 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R604d0f7911704908" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rc76c63cdf41d48cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5558c2d2216c4ad4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9a1070f29e8148d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e9f97ecbd674722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11ebec42c99847de" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R5a9a1fd8bf44417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rf29ae5e663634684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7561721a563f4146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf9ddccc34c38435c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R29c9360adfde4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8258b823657b4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc55b358ec73641d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32e668b8632841f7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>