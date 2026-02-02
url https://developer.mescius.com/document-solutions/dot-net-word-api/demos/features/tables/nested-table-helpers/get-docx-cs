--- v4 (2026-02-02)
+++ v5 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9a1070f29e8148d1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R7e9f97ecbd674722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R11ebec42c99847de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3033dd58b3847f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8933421525d245e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R70bc706295554756" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R29c9360adfde4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R8258b823657b4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc55b358ec73641d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R32e668b8632841f7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1fccc07688804f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfa0e53b63f294093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c562c94691f439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b26cbf67afd4091" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>