--- v5 (2026-02-02)
+++ v6 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd3033dd58b3847f7" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R8933421525d245e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R70bc706295554756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6661449b3d8b4235" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf153d32edbdf440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0637176dbe294616" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1fccc07688804f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="Rfa0e53b63f294093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8c562c94691f439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8b26cbf67afd4091" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9ceabe52690f429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R867362f281b54a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9672f36514ea400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ffa7fa95a974c5a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>