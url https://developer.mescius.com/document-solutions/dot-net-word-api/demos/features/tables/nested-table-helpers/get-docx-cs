--- v6 (2026-02-02)
+++ v7 (2026-03-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6661449b3d8b4235" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rf153d32edbdf440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R0637176dbe294616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19bfbff1032f4f35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d2b1d5bbbe74478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5f06f69a24dd44c0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9ceabe52690f429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R867362f281b54a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9672f36514ea400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R8ffa7fa95a974c5a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1cbe23b537014539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R979626024d754494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce131a197d194a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a96d66d6e1f4302" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>