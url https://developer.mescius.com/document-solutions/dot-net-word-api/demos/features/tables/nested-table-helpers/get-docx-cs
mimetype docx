--- v7 (2026-03-19)
+++ v8 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R19bfbff1032f4f35" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R2d2b1d5bbbe74478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R5f06f69a24dd44c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf30217c6ba4646ed" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R09882a621d8a4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="R34f6238253ec4f0f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p>
       <w:r>
         <w:t>Here is a 5 columns by 3 rows table, with a nested table in cell (2, 2):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table Style 1"/>
         <w:tblpPr w:vertAnchor="margin" w:horzAnchor="text"/>
         <w:tblLook w:val="0000" w:firstRow="false" w:lastRow="false" w:firstColumn="false" w:lastColumn="false" w:noHBand="false" w:noVBand="false"/>
       </w:tblPr>
       <w:tblGrid/>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t>row 1, col 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -779,51 +779,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="true">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R1cbe23b537014539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R979626024d754494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rce131a197d194a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="R6a96d66d6e1f4302" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3b117b92151643b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="R853292603abc4e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R734ed338963d4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="Rf6d33598eeb0467e" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>